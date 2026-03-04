--- v0 (2026-01-03)
+++ v1 (2026-03-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="2026-1-3" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="2026-3-4" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="647" uniqueCount="640">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio Neto</t>
   </si>
   <si>
     <t>Stock</t>
   </si>
   <si>
     <t>Página</t>
   </si>
   <si>
     <t>JUEGANA057</t>
   </si>
@@ -562,51 +562,51 @@
   <si>
     <t xml:space="preserve">ESPEJO CONCAVO CONVEXO 6 UNIDADES S16  (24)       </t>
   </si>
   <si>
     <t>JUEGLEA192</t>
   </si>
   <si>
     <t xml:space="preserve">GAFAS MEZCLADORAS DE COLOR LER2446 (48)           </t>
   </si>
   <si>
     <t>JUEGLEA451</t>
   </si>
   <si>
     <t xml:space="preserve">LUPA JUMBO SET 6 UNIDADES CON BASE LER2884 (6)    </t>
   </si>
   <si>
     <t>LUPAHOL001</t>
   </si>
   <si>
     <t xml:space="preserve">LUPA BORDE PLASTICO 75MMX5MM #30010106 (12-120)   </t>
   </si>
   <si>
     <t>JUEGYIN077</t>
   </si>
   <si>
-    <t xml:space="preserve">LUPAS DE COLORES 6 UNIDADES 16 CM                 </t>
+    <t xml:space="preserve">LUPAS DE COLORES 6 UNIDADES 16 CM  (18)           </t>
   </si>
   <si>
     <t>JUEGYIN128</t>
   </si>
   <si>
     <t xml:space="preserve">KIT DE OPTICA ESCOLAR 8 PZAS. S32                 </t>
   </si>
   <si>
     <t>JUEGYIN042</t>
   </si>
   <si>
     <t>LUPA JUMBO C/SOPORTE 20 X 11CM SET 6 UNID S18D(24)</t>
   </si>
   <si>
     <t>JUEGPLO114</t>
   </si>
   <si>
     <t xml:space="preserve">PALETAS CROMATICAS COLORES 6UND.  L434 (200)      </t>
   </si>
   <si>
     <t>JUEGANA092</t>
   </si>
   <si>
     <t xml:space="preserve">KIT DE OPTICA ESCOLAR 9 PCS                       </t>
   </si>
@@ -2429,68 +2429,68 @@
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3">
         <v>52800</v>
       </c>
       <c r="D4" s="4">
         <v>15</v>
       </c>
       <c r="E4" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="3">
         <v>29990</v>
       </c>
       <c r="D5" s="4">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E5" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
         <v>49200</v>
       </c>
       <c r="D6" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E6" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>13900</v>
       </c>
       <c r="D7" s="4">
         <v>23</v>
       </c>
       <c r="E7" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>17</v>
@@ -2514,187 +2514,187 @@
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3">
         <v>22950</v>
       </c>
       <c r="D9" s="4">
         <v>50</v>
       </c>
       <c r="E9" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>7500</v>
       </c>
       <c r="D10" s="4">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E10" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3">
         <v>5300</v>
       </c>
       <c r="D11" s="4">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="E11" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="3">
         <v>10450</v>
       </c>
       <c r="D12" s="4">
         <v>1</v>
       </c>
       <c r="E12" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3">
         <v>31950</v>
       </c>
       <c r="D13" s="4">
         <v>0</v>
       </c>
       <c r="E13" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3">
         <v>4900</v>
       </c>
       <c r="D14" s="4">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E14" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="3">
         <v>22950</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3">
         <v>39500</v>
       </c>
       <c r="D16" s="4">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="E16" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
         <v>5990</v>
       </c>
       <c r="D17" s="4">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E17" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
         <v>64500</v>
       </c>
       <c r="D18" s="4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E18" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
         <v>23450</v>
       </c>
       <c r="D19" s="4">
         <v>78</v>
       </c>
       <c r="E19" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
@@ -2820,153 +2820,153 @@
       </c>
       <c r="B27" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
         <v>33900</v>
       </c>
       <c r="D27" s="4">
         <v>77</v>
       </c>
       <c r="E27" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
         <v>63300</v>
       </c>
       <c r="D28" s="4">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E28" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
         <v>239900</v>
       </c>
       <c r="D29" s="4">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E29" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
         <v>19550</v>
       </c>
       <c r="D30" s="4">
         <v>0</v>
       </c>
       <c r="E30" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>69500</v>
       </c>
       <c r="D31" s="4">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E31" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>18690</v>
       </c>
       <c r="D32" s="4">
         <v>2</v>
       </c>
       <c r="E32" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>39990</v>
       </c>
       <c r="D33" s="4">
         <v>38</v>
       </c>
       <c r="E33" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
         <v>14900</v>
       </c>
       <c r="D34" s="4">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E34" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
         <v>10250</v>
       </c>
       <c r="D35" s="4">
         <v>52</v>
       </c>
       <c r="E35" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>73</v>
@@ -3007,119 +3007,119 @@
       </c>
       <c r="B38" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
         <v>139990</v>
       </c>
       <c r="D38" s="4">
         <v>0</v>
       </c>
       <c r="E38" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>89950</v>
       </c>
       <c r="D39" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E39" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>35950</v>
       </c>
       <c r="D40" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E40" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>299990</v>
       </c>
       <c r="D41" s="4">
         <v>35</v>
       </c>
       <c r="E41" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
         <v>18500</v>
       </c>
       <c r="D42" s="4">
         <v>2</v>
       </c>
       <c r="E42" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>38500</v>
       </c>
       <c r="D43" s="4">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E43" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>10950</v>
       </c>
       <c r="D44" s="4">
         <v>11</v>
       </c>
       <c r="E44" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>91</v>
@@ -3211,51 +3211,51 @@
       </c>
       <c r="B50" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
         <v>16450</v>
       </c>
       <c r="D50" s="4">
         <v>53</v>
       </c>
       <c r="E50" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>10990</v>
       </c>
       <c r="D51" s="4">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E51" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
         <v>110700</v>
       </c>
       <c r="D52" s="4">
         <v>8</v>
       </c>
       <c r="E52" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>107</v>
@@ -3279,68 +3279,68 @@
       </c>
       <c r="B54" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
         <v>535000</v>
       </c>
       <c r="D54" s="4">
         <v>0</v>
       </c>
       <c r="E54" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
         <v>193600</v>
       </c>
       <c r="D55" s="4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E55" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
         <v>7500</v>
       </c>
       <c r="D56" s="4">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E56" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
         <v>55200</v>
       </c>
       <c r="D57" s="4">
         <v>3</v>
       </c>
       <c r="E57" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>117</v>
@@ -3364,221 +3364,221 @@
       </c>
       <c r="B59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
         <v>29900</v>
       </c>
       <c r="D59" s="4">
         <v>11</v>
       </c>
       <c r="E59" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
         <v>6990</v>
       </c>
       <c r="D60" s="4">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E60" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
         <v>7500</v>
       </c>
       <c r="D61" s="4">
         <v>-1</v>
       </c>
       <c r="E61" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
         <v>6990</v>
       </c>
       <c r="D62" s="4">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E62" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
         <v>29500</v>
       </c>
       <c r="D63" s="4">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="E63" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
         <v>29990</v>
       </c>
       <c r="D64" s="4">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E64" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
         <v>29800</v>
       </c>
       <c r="D65" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E65" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
         <v>24500</v>
       </c>
       <c r="D66" s="4">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E66" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
         <v>28900</v>
       </c>
       <c r="D67" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E67" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
         <v>18900</v>
       </c>
       <c r="D68" s="4">
         <v>0</v>
       </c>
       <c r="E68" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
         <v>104500</v>
       </c>
       <c r="D69" s="4">
         <v>5</v>
       </c>
       <c r="E69" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
         <v>42490</v>
       </c>
       <c r="D70" s="4">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E70" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
         <v>29550</v>
       </c>
       <c r="D71" s="4">
         <v>0</v>
       </c>
       <c r="E71" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>145</v>
@@ -3636,51 +3636,51 @@
       </c>
       <c r="B75" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
         <v>166200</v>
       </c>
       <c r="D75" s="4">
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
         <v>17400</v>
       </c>
       <c r="D76" s="4">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="E76" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
         <v>34490</v>
       </c>
       <c r="D77" s="4">
         <v>0</v>
       </c>
       <c r="E77" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>157</v>
@@ -3738,391 +3738,391 @@
       </c>
       <c r="B81" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
         <v>85050</v>
       </c>
       <c r="D81" s="4">
         <v>0</v>
       </c>
       <c r="E81" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
         <v>14900</v>
       </c>
       <c r="D82" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="E82" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
         <v>389000</v>
       </c>
       <c r="D83" s="4">
         <v>17</v>
       </c>
       <c r="E83" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
         <v>54900</v>
       </c>
       <c r="D84" s="4">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="E84" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
         <v>0</v>
       </c>
       <c r="D85" s="4">
         <v>0</v>
       </c>
       <c r="E85" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
         <v>90500</v>
       </c>
       <c r="D86" s="4">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E86" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
         <v>26700</v>
       </c>
       <c r="D87" s="4">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="E87" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
         <v>11450</v>
       </c>
       <c r="D88" s="4">
         <v>208</v>
       </c>
       <c r="E88" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
         <v>58350</v>
       </c>
       <c r="D89" s="4">
         <v>3</v>
       </c>
       <c r="E89" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
         <v>950</v>
       </c>
       <c r="D90" s="4">
-        <v>15987</v>
+        <v>12853</v>
       </c>
       <c r="E90" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C91" s="3">
         <v>28780</v>
       </c>
       <c r="D91" s="4">
-        <v>2</v>
+        <v>71</v>
       </c>
       <c r="E91" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C92" s="3">
         <v>34500</v>
       </c>
       <c r="D92" s="4">
         <v>83</v>
       </c>
       <c r="E92" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C93" s="3">
         <v>29990</v>
       </c>
       <c r="D93" s="4">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="E93" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C94" s="3">
         <v>2950</v>
       </c>
       <c r="D94" s="4">
         <v>7</v>
       </c>
       <c r="E94" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C95" s="3">
         <v>9950</v>
       </c>
       <c r="D95" s="4">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="E95" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C96" s="3">
         <v>48900</v>
       </c>
       <c r="D96" s="4">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E96" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C97" s="3">
         <v>19950</v>
       </c>
       <c r="D97" s="4">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E97" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C98" s="3">
         <v>1950</v>
       </c>
       <c r="D98" s="4">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="E98" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C99" s="3">
         <v>8250</v>
       </c>
       <c r="D99" s="4">
         <v>138</v>
       </c>
       <c r="E99" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C100" s="3">
         <v>14880</v>
       </c>
       <c r="D100" s="4">
         <v>0</v>
       </c>
       <c r="E100" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C101" s="3">
         <v>25700</v>
       </c>
       <c r="D101" s="4">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E101" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
         <v>7950</v>
       </c>
       <c r="D102" s="4">
-        <v>293</v>
+        <v>232</v>
       </c>
       <c r="E102" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
         <v>8950</v>
       </c>
       <c r="D103" s="4">
         <v>3</v>
       </c>
       <c r="E103" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>209</v>
@@ -4163,51 +4163,51 @@
       </c>
       <c r="B106" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
         <v>1490</v>
       </c>
       <c r="D106" s="4">
         <v>-12</v>
       </c>
       <c r="E106" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
         <v>8500</v>
       </c>
       <c r="D107" s="4">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E107" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
         <v>13900</v>
       </c>
       <c r="D108" s="4">
         <v>17</v>
       </c>
       <c r="E108" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>219</v>
@@ -4299,68 +4299,68 @@
       </c>
       <c r="B114" s="2" t="s">
         <v>227</v>
       </c>
       <c r="C114" s="3">
         <v>53350</v>
       </c>
       <c r="D114" s="4">
         <v>1</v>
       </c>
       <c r="E114" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
         <v>228</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>229</v>
       </c>
       <c r="C115" s="3">
         <v>59990</v>
       </c>
       <c r="D115" s="4">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E115" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>230</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>231</v>
       </c>
       <c r="C116" s="3">
         <v>4490</v>
       </c>
       <c r="D116" s="4">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E116" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>232</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>233</v>
       </c>
       <c r="C117" s="3">
         <v>6950</v>
       </c>
       <c r="D117" s="4">
         <v>0</v>
       </c>
       <c r="E117" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>234</v>
@@ -4520,238 +4520,238 @@
       </c>
       <c r="B127" s="2" t="s">
         <v>253</v>
       </c>
       <c r="C127" s="3">
         <v>49990</v>
       </c>
       <c r="D127" s="4">
         <v>160</v>
       </c>
       <c r="E127" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>254</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C128" s="3">
         <v>249990</v>
       </c>
       <c r="D128" s="4">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E128" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>256</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>257</v>
       </c>
       <c r="C129" s="3">
         <v>20900</v>
       </c>
       <c r="D129" s="4">
         <v>64</v>
       </c>
       <c r="E129" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>258</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>259</v>
       </c>
       <c r="C130" s="3">
         <v>22500</v>
       </c>
       <c r="D130" s="4">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E130" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
         <v>260</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C131" s="3">
         <v>7450</v>
       </c>
       <c r="D131" s="4">
         <v>71</v>
       </c>
       <c r="E131" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>262</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>263</v>
       </c>
       <c r="C132" s="3">
         <v>19990</v>
       </c>
       <c r="D132" s="4">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E132" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>264</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>265</v>
       </c>
       <c r="C133" s="3">
         <v>16500</v>
       </c>
       <c r="D133" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E133" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>266</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>267</v>
       </c>
       <c r="C134" s="3">
         <v>14450</v>
       </c>
       <c r="D134" s="4">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E134" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
         <v>268</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>269</v>
       </c>
       <c r="C135" s="3">
         <v>7890</v>
       </c>
       <c r="D135" s="4">
         <v>0</v>
       </c>
       <c r="E135" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
         <v>270</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C136" s="3">
         <v>6990</v>
       </c>
       <c r="D136" s="4">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E136" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>272</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C137" s="3">
         <v>6500</v>
       </c>
       <c r="D137" s="4">
         <v>1</v>
       </c>
       <c r="E137" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
         <v>274</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>275</v>
       </c>
       <c r="C138" s="3">
         <v>2300</v>
       </c>
       <c r="D138" s="4">
         <v>283</v>
       </c>
       <c r="E138" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
         <v>276</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C139" s="3">
         <v>1450</v>
       </c>
       <c r="D139" s="4">
-        <v>2001</v>
+        <v>1937</v>
       </c>
       <c r="E139" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
         <v>278</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>279</v>
       </c>
       <c r="C140" s="3">
         <v>2950</v>
       </c>
       <c r="D140" s="4">
         <v>0</v>
       </c>
       <c r="E140" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>280</v>
@@ -4860,102 +4860,102 @@
       </c>
       <c r="B147" s="2" t="s">
         <v>293</v>
       </c>
       <c r="C147" s="3">
         <v>18900</v>
       </c>
       <c r="D147" s="4">
         <v>0</v>
       </c>
       <c r="E147" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>294</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C148" s="3">
         <v>35200</v>
       </c>
       <c r="D148" s="4">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E148" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>296</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>297</v>
       </c>
       <c r="C149" s="3">
         <v>41800</v>
       </c>
       <c r="D149" s="4">
         <v>11</v>
       </c>
       <c r="E149" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
         <v>298</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>299</v>
       </c>
       <c r="C150" s="3">
         <v>13900</v>
       </c>
       <c r="D150" s="4">
         <v>0</v>
       </c>
       <c r="E150" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>300</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C151" s="3">
         <v>5590</v>
       </c>
       <c r="D151" s="4">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E151" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>302</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>303</v>
       </c>
       <c r="C152" s="3">
         <v>13950</v>
       </c>
       <c r="D152" s="4">
         <v>165</v>
       </c>
       <c r="E152" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>304</v>
@@ -4979,51 +4979,51 @@
       </c>
       <c r="B154" s="2" t="s">
         <v>307</v>
       </c>
       <c r="C154" s="3">
         <v>49500</v>
       </c>
       <c r="D154" s="4">
         <v>2</v>
       </c>
       <c r="E154" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>308</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>309</v>
       </c>
       <c r="C155" s="3">
         <v>47980</v>
       </c>
       <c r="D155" s="4">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E155" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
         <v>310</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>311</v>
       </c>
       <c r="C156" s="3">
         <v>5300</v>
       </c>
       <c r="D156" s="4">
         <v>7</v>
       </c>
       <c r="E156" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
         <v>312</v>
@@ -5081,51 +5081,51 @@
       </c>
       <c r="B160" s="2" t="s">
         <v>319</v>
       </c>
       <c r="C160" s="3">
         <v>14500</v>
       </c>
       <c r="D160" s="4">
         <v>2</v>
       </c>
       <c r="E160" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
         <v>320</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>321</v>
       </c>
       <c r="C161" s="3">
         <v>33500</v>
       </c>
       <c r="D161" s="4">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E161" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>322</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C162" s="3">
         <v>9900</v>
       </c>
       <c r="D162" s="4">
         <v>18</v>
       </c>
       <c r="E162" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>324</v>
@@ -5302,119 +5302,119 @@
       </c>
       <c r="B173" s="2" t="s">
         <v>345</v>
       </c>
       <c r="C173" s="3">
         <v>49500</v>
       </c>
       <c r="D173" s="4">
         <v>1</v>
       </c>
       <c r="E173" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>346</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>347</v>
       </c>
       <c r="C174" s="3">
         <v>39990</v>
       </c>
       <c r="D174" s="4">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="E174" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
         <v>348</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>349</v>
       </c>
       <c r="C175" s="3">
         <v>44750</v>
       </c>
       <c r="D175" s="4">
         <v>0</v>
       </c>
       <c r="E175" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>350</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>351</v>
       </c>
       <c r="C176" s="3">
         <v>16900</v>
       </c>
       <c r="D176" s="4">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="E176" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
         <v>352</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>353</v>
       </c>
       <c r="C177" s="3">
         <v>26750</v>
       </c>
       <c r="D177" s="4">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="E177" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C178" s="3">
         <v>16900</v>
       </c>
       <c r="D178" s="4">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="E178" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
         <v>356</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C179" s="3">
         <v>25650</v>
       </c>
       <c r="D179" s="4">
         <v>22</v>
       </c>
       <c r="E179" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
         <v>358</v>
@@ -5438,51 +5438,51 @@
       </c>
       <c r="B181" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C181" s="3">
         <v>34500</v>
       </c>
       <c r="D181" s="4">
         <v>0</v>
       </c>
       <c r="E181" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
         <v>354</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C182" s="3">
         <v>16900</v>
       </c>
       <c r="D182" s="4">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="E182" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
         <v>362</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C183" s="3">
         <v>4500</v>
       </c>
       <c r="D183" s="4">
         <v>0</v>
       </c>
       <c r="E183" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
         <v>364</v>
@@ -5676,102 +5676,102 @@
       </c>
       <c r="B195" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C195" s="3">
         <v>24550</v>
       </c>
       <c r="D195" s="4">
         <v>11</v>
       </c>
       <c r="E195" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
         <v>388</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C196" s="3">
         <v>19500</v>
       </c>
       <c r="D196" s="4">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="E196" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="197" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A197" s="2" t="s">
         <v>390</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C197" s="3">
         <v>12500</v>
       </c>
       <c r="D197" s="4">
         <v>2</v>
       </c>
       <c r="E197" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
         <v>392</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C198" s="3">
         <v>4950</v>
       </c>
       <c r="D198" s="4">
         <v>0</v>
       </c>
       <c r="E198" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
         <v>394</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>395</v>
       </c>
       <c r="C199" s="3">
         <v>3950</v>
       </c>
       <c r="D199" s="4">
-        <v>1431</v>
+        <v>1408</v>
       </c>
       <c r="E199" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
         <v>396</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>397</v>
       </c>
       <c r="C200" s="3">
         <v>10590</v>
       </c>
       <c r="D200" s="4">
         <v>0</v>
       </c>
       <c r="E200" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
         <v>398</v>
@@ -5982,51 +5982,51 @@
       </c>
       <c r="B213" s="2" t="s">
         <v>423</v>
       </c>
       <c r="C213" s="3">
         <v>59000</v>
       </c>
       <c r="D213" s="4">
         <v>16</v>
       </c>
       <c r="E213" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
         <v>424</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>425</v>
       </c>
       <c r="C214" s="3">
         <v>9900</v>
       </c>
       <c r="D214" s="4">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E214" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
         <v>426</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>427</v>
       </c>
       <c r="C215" s="3">
         <v>5950</v>
       </c>
       <c r="D215" s="4">
         <v>0</v>
       </c>
       <c r="E215" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
         <v>428</v>
@@ -6152,51 +6152,51 @@
       </c>
       <c r="B223" s="2" t="s">
         <v>443</v>
       </c>
       <c r="C223" s="3">
         <v>63800</v>
       </c>
       <c r="D223" s="4">
         <v>1</v>
       </c>
       <c r="E223" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
         <v>444</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>445</v>
       </c>
       <c r="C224" s="3">
         <v>76500</v>
       </c>
       <c r="D224" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E224" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
         <v>446</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>447</v>
       </c>
       <c r="C225" s="3">
         <v>88500</v>
       </c>
       <c r="D225" s="4">
         <v>54</v>
       </c>
       <c r="E225" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
         <v>448</v>
@@ -6509,51 +6509,51 @@
       </c>
       <c r="B244" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C244" s="3">
         <v>24900</v>
       </c>
       <c r="D244" s="4">
         <v>17</v>
       </c>
       <c r="E244" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
         <v>486</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>487</v>
       </c>
       <c r="C245" s="3">
         <v>12900</v>
       </c>
       <c r="D245" s="4">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E245" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
         <v>488</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C246" s="3">
         <v>23900</v>
       </c>
       <c r="D246" s="4">
         <v>102</v>
       </c>
       <c r="E246" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
         <v>490</v>
@@ -6645,170 +6645,170 @@
       </c>
       <c r="B252" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C252" s="3">
         <v>39900</v>
       </c>
       <c r="D252" s="4">
         <v>2</v>
       </c>
       <c r="E252" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="253" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A253" s="2" t="s">
         <v>502</v>
       </c>
       <c r="B253" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C253" s="3">
         <v>57280</v>
       </c>
       <c r="D253" s="4">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E253" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="254" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A254" s="2" t="s">
         <v>504</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C254" s="3">
         <v>239500</v>
       </c>
       <c r="D254" s="4">
         <v>7</v>
       </c>
       <c r="E254" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="255" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A255" s="2" t="s">
         <v>506</v>
       </c>
       <c r="B255" s="2" t="s">
         <v>507</v>
       </c>
       <c r="C255" s="3">
         <v>12900</v>
       </c>
       <c r="D255" s="4">
         <v>0</v>
       </c>
       <c r="E255" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
         <v>508</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>509</v>
       </c>
       <c r="C256" s="3">
         <v>24980</v>
       </c>
       <c r="D256" s="4">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E256" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
         <v>510</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>511</v>
       </c>
       <c r="C257" s="3">
         <v>17990</v>
       </c>
       <c r="D257" s="4">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="E257" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
         <v>512</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>513</v>
       </c>
       <c r="C258" s="3">
         <v>28900</v>
       </c>
       <c r="D258" s="4">
         <v>0</v>
       </c>
       <c r="E258" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
         <v>514</v>
       </c>
       <c r="B259" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C259" s="3">
         <v>1690</v>
       </c>
       <c r="D259" s="4">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="E259" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="260" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A260" s="2" t="s">
         <v>516</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>517</v>
       </c>
       <c r="C260" s="3">
         <v>1200</v>
       </c>
       <c r="D260" s="4">
-        <v>523</v>
+        <v>465</v>
       </c>
       <c r="E260" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="261" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A261" s="2" t="s">
         <v>518</v>
       </c>
       <c r="B261" s="2" t="s">
         <v>519</v>
       </c>
       <c r="C261" s="3">
         <v>67500</v>
       </c>
       <c r="D261" s="4">
         <v>13</v>
       </c>
       <c r="E261" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="2" t="s">
         <v>520</v>
@@ -6866,51 +6866,51 @@
       </c>
       <c r="B265" s="2" t="s">
         <v>527</v>
       </c>
       <c r="C265" s="3">
         <v>5890</v>
       </c>
       <c r="D265" s="4">
         <v>16</v>
       </c>
       <c r="E265" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
         <v>528</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>529</v>
       </c>
       <c r="C266" s="3">
         <v>1950</v>
       </c>
       <c r="D266" s="4">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E266" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
         <v>530</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>531</v>
       </c>
       <c r="C267" s="3">
         <v>0</v>
       </c>
       <c r="D267" s="4">
         <v>24</v>
       </c>
       <c r="E267" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
         <v>532</v>
@@ -7070,119 +7070,119 @@
       </c>
       <c r="B277" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C277" s="3">
         <v>14900</v>
       </c>
       <c r="D277" s="4">
         <v>1</v>
       </c>
       <c r="E277" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
         <v>552</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C278" s="3">
         <v>42950</v>
       </c>
       <c r="D278" s="4">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E278" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
         <v>554</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>555</v>
       </c>
       <c r="C279" s="3">
         <v>33900</v>
       </c>
       <c r="D279" s="4">
         <v>42</v>
       </c>
       <c r="E279" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
         <v>556</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>557</v>
       </c>
       <c r="C280" s="3">
         <v>49950</v>
       </c>
       <c r="D280" s="4">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="E280" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="281" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A281" s="2" t="s">
         <v>558</v>
       </c>
       <c r="B281" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C281" s="3">
         <v>43750</v>
       </c>
       <c r="D281" s="4">
-        <v>2749</v>
+        <v>2577</v>
       </c>
       <c r="E281" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="282" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A282" s="2" t="s">
         <v>560</v>
       </c>
       <c r="B282" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C282" s="3">
         <v>43750</v>
       </c>
       <c r="D282" s="4">
-        <v>302</v>
+        <v>190</v>
       </c>
       <c r="E282" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="283" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A283" s="2" t="s">
         <v>562</v>
       </c>
       <c r="B283" s="2" t="s">
         <v>563</v>
       </c>
       <c r="C283" s="3">
         <v>149000</v>
       </c>
       <c r="D283" s="4">
         <v>1</v>
       </c>
       <c r="E283" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="284" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A284" s="2" t="s">
         <v>564</v>
@@ -7206,187 +7206,187 @@
       </c>
       <c r="B285" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C285" s="3">
         <v>28900</v>
       </c>
       <c r="D285" s="4">
         <v>0</v>
       </c>
       <c r="E285" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
         <v>568</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>569</v>
       </c>
       <c r="C286" s="3">
         <v>14750</v>
       </c>
       <c r="D286" s="4">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E286" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
         <v>570</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>571</v>
       </c>
       <c r="C287" s="3">
         <v>14750</v>
       </c>
       <c r="D287" s="4">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="E287" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
         <v>572</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C288" s="3">
         <v>14750</v>
       </c>
       <c r="D288" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E288" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
         <v>574</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>575</v>
       </c>
       <c r="C289" s="3">
         <v>63900</v>
       </c>
       <c r="D289" s="4">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E289" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
         <v>576</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C290" s="3">
         <v>143940</v>
       </c>
       <c r="D290" s="4">
         <v>16</v>
       </c>
       <c r="E290" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="291" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A291" s="2" t="s">
         <v>578</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>579</v>
       </c>
       <c r="C291" s="3">
         <v>9500</v>
       </c>
       <c r="D291" s="4">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="E291" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
         <v>580</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C292" s="3">
         <v>7560</v>
       </c>
       <c r="D292" s="4">
         <v>83</v>
       </c>
       <c r="E292" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
         <v>582</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>583</v>
       </c>
       <c r="C293" s="3">
         <v>5300</v>
       </c>
       <c r="D293" s="4">
         <v>263</v>
       </c>
       <c r="E293" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
         <v>584</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C294" s="3">
         <v>13900</v>
       </c>
       <c r="D294" s="4">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E294" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
         <v>586</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C295" s="3">
         <v>4800</v>
       </c>
       <c r="D295" s="4">
         <v>-2</v>
       </c>
       <c r="E295" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
         <v>588</v>
@@ -7461,357 +7461,357 @@
       </c>
       <c r="B300" s="2" t="s">
         <v>597</v>
       </c>
       <c r="C300" s="3">
         <v>34500</v>
       </c>
       <c r="D300" s="4">
         <v>8</v>
       </c>
       <c r="E300" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
         <v>598</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>599</v>
       </c>
       <c r="C301" s="3">
         <v>4100</v>
       </c>
       <c r="D301" s="4">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E301" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
         <v>600</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>601</v>
       </c>
       <c r="C302" s="3">
         <v>59950</v>
       </c>
       <c r="D302" s="4">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E302" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
         <v>602</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>603</v>
       </c>
       <c r="C303" s="3">
         <v>29500</v>
       </c>
       <c r="D303" s="4">
         <v>0</v>
       </c>
       <c r="E303" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
         <v>604</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>605</v>
       </c>
       <c r="C304" s="3">
         <v>4990</v>
       </c>
       <c r="D304" s="4">
         <v>3</v>
       </c>
       <c r="E304" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
         <v>606</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C305" s="3">
         <v>5300</v>
       </c>
       <c r="D305" s="4">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E305" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
         <v>608</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>609</v>
       </c>
       <c r="C306" s="3">
         <v>49950</v>
       </c>
       <c r="D306" s="4">
         <v>7</v>
       </c>
       <c r="E306" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
         <v>610</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>611</v>
       </c>
       <c r="C307" s="3">
         <v>19500</v>
       </c>
       <c r="D307" s="4">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="E307" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
         <v>612</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>613</v>
       </c>
       <c r="C308" s="3">
         <v>43450</v>
       </c>
       <c r="D308" s="4">
         <v>23</v>
       </c>
       <c r="E308" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
         <v>614</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C309" s="3">
         <v>27500</v>
       </c>
       <c r="D309" s="4">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E309" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
         <v>384</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C310" s="3">
         <v>29800</v>
       </c>
       <c r="D310" s="4">
         <v>46</v>
       </c>
       <c r="E310" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
         <v>616</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>617</v>
       </c>
       <c r="C311" s="3">
         <v>26990</v>
       </c>
       <c r="D311" s="4">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E311" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
         <v>618</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>619</v>
       </c>
       <c r="C312" s="3">
         <v>33900</v>
       </c>
       <c r="D312" s="4">
         <v>1</v>
       </c>
       <c r="E312" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
         <v>620</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>621</v>
       </c>
       <c r="C313" s="3">
         <v>29950</v>
       </c>
       <c r="D313" s="4">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E313" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
         <v>622</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>623</v>
       </c>
       <c r="C314" s="3">
         <v>24900</v>
       </c>
       <c r="D314" s="4">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E314" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
         <v>624</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C315" s="3">
         <v>44490</v>
       </c>
       <c r="D315" s="4">
         <v>293</v>
       </c>
       <c r="E315" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
         <v>626</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>627</v>
       </c>
       <c r="C316" s="3">
         <v>78450</v>
       </c>
       <c r="D316" s="4">
         <v>44</v>
       </c>
       <c r="E316" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
         <v>628</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>629</v>
       </c>
       <c r="C317" s="3">
         <v>69980</v>
       </c>
       <c r="D317" s="4">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E317" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
         <v>630</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>631</v>
       </c>
       <c r="C318" s="3">
         <v>169500</v>
       </c>
       <c r="D318" s="4">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E318" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
         <v>632</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>633</v>
       </c>
       <c r="C319" s="3">
         <v>64900</v>
       </c>
       <c r="D319" s="4">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E319" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
         <v>634</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>635</v>
       </c>
       <c r="C320" s="3">
         <v>199500</v>
       </c>
       <c r="D320" s="4">
         <v>10</v>
       </c>
       <c r="E320" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
         <v>636</v>
@@ -7847,50 +7847,50 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2026-1-3</vt:lpstr>
+      <vt:lpstr>2026-3-4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jfaundez</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>