--- v0 (2026-01-03)
+++ v1 (2026-03-04)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="2026-1-3" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="2026-3-4" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="469">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio Neto</t>
   </si>
   <si>
     <t>Stock</t>
   </si>
   <si>
     <t>Página</t>
   </si>
   <si>
     <t>JUEGSTA059</t>
   </si>
   <si>
-    <t xml:space="preserve">JUEGO DE EQUILIBRIO CUCHARA 4 UN. PLASTICO (100)  </t>
+    <t xml:space="preserve">JUEGO DE EQUILIBRIO CUCHARA 12PZS. PLASTICO (100) </t>
   </si>
   <si>
     <t>JUEGTEA068</t>
   </si>
   <si>
     <t xml:space="preserve">JUEGO DE EQUILIBRIO DISEÑO CUCHARA # 63042 (10)   </t>
   </si>
   <si>
     <t>JUEGSTA042</t>
   </si>
   <si>
     <t xml:space="preserve">SACOS DE SALTO  UNIDA REF.20045-4                 </t>
   </si>
   <si>
     <t>JUEGBHA030</t>
   </si>
   <si>
     <t xml:space="preserve">SACOS DE SALTO 60 CM. SET 6UND. JPSN-C6N3060 (15) </t>
   </si>
   <si>
     <t>JUEGBAS516</t>
   </si>
   <si>
     <t xml:space="preserve">SET DE 4 JUEGO DE MOV. Y AGILIDAD KS2101123 (18)  </t>
   </si>
@@ -1865,136 +1865,136 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="3">
         <v>8650</v>
       </c>
       <c r="D2" s="4">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="E2" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3">
         <v>34900</v>
       </c>
       <c r="D3" s="4">
         <v>53</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3">
         <v>4100</v>
       </c>
       <c r="D4" s="4">
         <v>0</v>
       </c>
       <c r="E4" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="3">
         <v>39500</v>
       </c>
       <c r="D5" s="4">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="E5" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
         <v>35900</v>
       </c>
       <c r="D6" s="4">
         <v>10</v>
       </c>
       <c r="E6" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>38400</v>
       </c>
       <c r="D7" s="4">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>104500</v>
       </c>
       <c r="D8" s="4">
         <v>-2</v>
       </c>
       <c r="E8" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>19</v>
@@ -2103,374 +2103,374 @@
       </c>
       <c r="B15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="3">
         <v>35290</v>
       </c>
       <c r="D15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3">
         <v>35290</v>
       </c>
       <c r="D16" s="4">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="E16" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
         <v>49800</v>
       </c>
       <c r="D17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
         <v>58500</v>
       </c>
       <c r="D18" s="4">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E18" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
         <v>59900</v>
       </c>
       <c r="D19" s="4">
         <v>0</v>
       </c>
       <c r="E19" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
         <v>7700</v>
       </c>
       <c r="D20" s="4">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="E20" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="3">
         <v>25450</v>
       </c>
       <c r="D21" s="4">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="E21" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="3">
         <v>13950</v>
       </c>
       <c r="D22" s="4">
         <v>1</v>
       </c>
       <c r="E22" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
         <v>2100</v>
       </c>
       <c r="D23" s="4">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="E23" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
         <v>2950</v>
       </c>
       <c r="D24" s="4">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="E24" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
         <v>2500</v>
       </c>
       <c r="D25" s="4">
-        <v>2068</v>
+        <v>2056</v>
       </c>
       <c r="E25" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
         <v>2100</v>
       </c>
       <c r="D26" s="4">
-        <v>550</v>
+        <v>535</v>
       </c>
       <c r="E26" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
         <v>0</v>
       </c>
       <c r="D27" s="4">
         <v>0</v>
       </c>
       <c r="E27" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
         <v>2950</v>
       </c>
       <c r="D28" s="4">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="E28" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
         <v>3300</v>
       </c>
       <c r="D29" s="4">
-        <v>219</v>
+        <v>197</v>
       </c>
       <c r="E29" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
         <v>13000</v>
       </c>
       <c r="D30" s="4">
         <v>129</v>
       </c>
       <c r="E30" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>10900</v>
       </c>
       <c r="D31" s="4">
         <v>91</v>
       </c>
       <c r="E31" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>12000</v>
       </c>
       <c r="D32" s="4">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E32" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>59990</v>
       </c>
       <c r="D33" s="4">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E33" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
         <v>25650</v>
       </c>
       <c r="D34" s="4">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E34" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
         <v>14590</v>
       </c>
       <c r="D35" s="4">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="E35" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
         <v>3450</v>
       </c>
       <c r="D36" s="4">
         <v>92</v>
       </c>
       <c r="E36" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>75</v>
@@ -2511,51 +2511,51 @@
       </c>
       <c r="B39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>12850</v>
       </c>
       <c r="D39" s="4">
         <v>41</v>
       </c>
       <c r="E39" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>33500</v>
       </c>
       <c r="D40" s="4">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E40" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>9850</v>
       </c>
       <c r="D41" s="4">
         <v>25</v>
       </c>
       <c r="E41" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>85</v>
@@ -2579,357 +2579,357 @@
       </c>
       <c r="B43" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>0</v>
       </c>
       <c r="D43" s="4">
         <v>0</v>
       </c>
       <c r="E43" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>35340</v>
       </c>
       <c r="D44" s="4">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="E44" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
         <v>13950</v>
       </c>
       <c r="D45" s="4">
         <v>0</v>
       </c>
       <c r="E45" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>94</v>
       </c>
       <c r="C46" s="3">
         <v>11500</v>
       </c>
       <c r="D46" s="4">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="E46" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>95</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
         <v>17950</v>
       </c>
       <c r="D47" s="4">
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
         <v>21900</v>
       </c>
       <c r="D48" s="4">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E48" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
         <v>5490</v>
       </c>
       <c r="D49" s="4">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E49" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C50" s="3">
         <v>5750</v>
       </c>
       <c r="D50" s="4">
-        <v>137</v>
+        <v>20</v>
       </c>
       <c r="E50" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>103</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>4500</v>
       </c>
       <c r="D51" s="4">
-        <v>-15</v>
+        <v>-20</v>
       </c>
       <c r="E51" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
         <v>49250</v>
       </c>
       <c r="D52" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E52" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
         <v>23900</v>
       </c>
       <c r="D53" s="4">
         <v>-1</v>
       </c>
       <c r="E53" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
         <v>15950</v>
       </c>
       <c r="D54" s="4">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="E54" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
         <v>12950</v>
       </c>
       <c r="D55" s="4">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="E55" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
         <v>12950</v>
       </c>
       <c r="D56" s="4">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E56" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
         <v>2500</v>
       </c>
       <c r="D57" s="4">
         <v>0</v>
       </c>
       <c r="E57" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
         <v>16950</v>
       </c>
       <c r="D58" s="4">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="E58" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
         <v>32900</v>
       </c>
       <c r="D59" s="4">
         <v>9</v>
       </c>
       <c r="E59" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
         <v>7500</v>
       </c>
       <c r="D60" s="4">
-        <v>143</v>
+        <v>14</v>
       </c>
       <c r="E60" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
         <v>9390</v>
       </c>
       <c r="D61" s="4">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="E61" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
         <v>15900</v>
       </c>
       <c r="D62" s="4">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E62" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
         <v>0</v>
       </c>
       <c r="D63" s="4">
         <v>2000</v>
       </c>
       <c r="E63" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>129</v>
@@ -2953,102 +2953,102 @@
       </c>
       <c r="B65" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
         <v>950</v>
       </c>
       <c r="D65" s="4">
         <v>7</v>
       </c>
       <c r="E65" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
         <v>250</v>
       </c>
       <c r="D66" s="4">
-        <v>281</v>
+        <v>261</v>
       </c>
       <c r="E66" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
         <v>650</v>
       </c>
       <c r="D67" s="4">
         <v>463</v>
       </c>
       <c r="E67" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
         <v>94900</v>
       </c>
       <c r="D68" s="4">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E68" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
         <v>20950</v>
       </c>
       <c r="D69" s="4">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="E69" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
         <v>14900</v>
       </c>
       <c r="D70" s="4">
         <v>303</v>
       </c>
       <c r="E70" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>143</v>
@@ -3072,85 +3072,85 @@
       </c>
       <c r="B72" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
         <v>39500</v>
       </c>
       <c r="D72" s="4">
         <v>82</v>
       </c>
       <c r="E72" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
         <v>12850</v>
       </c>
       <c r="D73" s="4">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E73" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
         <v>9990</v>
       </c>
       <c r="D74" s="4">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="E74" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
         <v>11980</v>
       </c>
       <c r="D75" s="4">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E75" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
         <v>14950</v>
       </c>
       <c r="D76" s="4">
         <v>15</v>
       </c>
       <c r="E76" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>155</v>
@@ -3191,153 +3191,153 @@
       </c>
       <c r="B79" s="2" t="s">
         <v>160</v>
       </c>
       <c r="C79" s="3">
         <v>8590</v>
       </c>
       <c r="D79" s="4">
         <v>-7</v>
       </c>
       <c r="E79" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
         <v>76590</v>
       </c>
       <c r="D80" s="4">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E80" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
         <v>12900</v>
       </c>
       <c r="D81" s="4">
         <v>797</v>
       </c>
       <c r="E81" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
         <v>17350</v>
       </c>
       <c r="D82" s="4">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="E82" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
         <v>2450</v>
       </c>
       <c r="D83" s="4">
-        <v>1478</v>
+        <v>1474</v>
       </c>
       <c r="E83" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
         <v>3800</v>
       </c>
       <c r="D84" s="4">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="E84" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
         <v>2450</v>
       </c>
       <c r="D85" s="4">
-        <v>1380</v>
+        <v>1200</v>
       </c>
       <c r="E85" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
         <v>27800</v>
       </c>
       <c r="D86" s="4">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="E86" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
         <v>48950</v>
       </c>
       <c r="D87" s="4">
         <v>20</v>
       </c>
       <c r="E87" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>177</v>
@@ -3361,153 +3361,153 @@
       </c>
       <c r="B89" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
         <v>0</v>
       </c>
       <c r="D89" s="4">
         <v>0</v>
       </c>
       <c r="E89" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
         <v>78900</v>
       </c>
       <c r="D90" s="4">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E90" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C91" s="3">
         <v>11990</v>
       </c>
       <c r="D91" s="4">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="E91" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C92" s="3">
         <v>11950</v>
       </c>
       <c r="D92" s="4">
         <v>2</v>
       </c>
       <c r="E92" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C93" s="3">
         <v>10950</v>
       </c>
       <c r="D93" s="4">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="E93" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C94" s="3">
         <v>10950</v>
       </c>
       <c r="D94" s="4">
-        <v>302</v>
+        <v>275</v>
       </c>
       <c r="E94" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C95" s="3">
         <v>21550</v>
       </c>
       <c r="D95" s="4">
-        <v>58</v>
+        <v>40</v>
       </c>
       <c r="E95" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C96" s="3">
         <v>58750</v>
       </c>
       <c r="D96" s="4">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="E96" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
         <v>195</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C97" s="3">
         <v>3150</v>
       </c>
       <c r="D97" s="4">
         <v>706</v>
       </c>
       <c r="E97" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
         <v>197</v>
@@ -3565,51 +3565,51 @@
       </c>
       <c r="B101" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C101" s="3">
         <v>390000</v>
       </c>
       <c r="D101" s="4">
         <v>2</v>
       </c>
       <c r="E101" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>205</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
         <v>195000</v>
       </c>
       <c r="D102" s="4">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="E102" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
         <v>245000</v>
       </c>
       <c r="D103" s="4">
         <v>1</v>
       </c>
       <c r="E103" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>209</v>
@@ -3650,51 +3650,51 @@
       </c>
       <c r="B106" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
         <v>925000</v>
       </c>
       <c r="D106" s="4">
         <v>0</v>
       </c>
       <c r="E106" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
         <v>799000</v>
       </c>
       <c r="D107" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E107" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
         <v>593500</v>
       </c>
       <c r="D108" s="4">
         <v>1</v>
       </c>
       <c r="E108" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>219</v>
@@ -3718,51 +3718,51 @@
       </c>
       <c r="B110" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
         <v>155000</v>
       </c>
       <c r="D110" s="4">
         <v>18</v>
       </c>
       <c r="E110" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
         <v>245000</v>
       </c>
       <c r="D111" s="4">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="E111" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
         <v>82500</v>
       </c>
       <c r="D112" s="4">
         <v>7</v>
       </c>
       <c r="E112" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>227</v>
@@ -3803,153 +3803,153 @@
       </c>
       <c r="B115" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
         <v>545000</v>
       </c>
       <c r="D115" s="4">
         <v>2</v>
       </c>
       <c r="E115" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
         <v>15900</v>
       </c>
       <c r="D116" s="4">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E116" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
         <v>3950</v>
       </c>
       <c r="D117" s="4">
         <v>0</v>
       </c>
       <c r="E117" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
         <v>2450</v>
       </c>
       <c r="D118" s="4">
         <v>-9</v>
       </c>
       <c r="E118" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
         <v>1250</v>
       </c>
       <c r="D119" s="4">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="E119" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
         <v>3660</v>
       </c>
       <c r="D120" s="4">
         <v>41</v>
       </c>
       <c r="E120" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
         <v>15200</v>
       </c>
       <c r="D121" s="4">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E121" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
         <v>10500</v>
       </c>
       <c r="D122" s="4">
-        <v>237</v>
+        <v>285</v>
       </c>
       <c r="E122" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
         <v>4999</v>
       </c>
       <c r="D123" s="4">
         <v>12</v>
       </c>
       <c r="E123" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
         <v>249</v>
@@ -4024,51 +4024,51 @@
       </c>
       <c r="B128" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
         <v>164500</v>
       </c>
       <c r="D128" s="4">
         <v>0</v>
       </c>
       <c r="E128" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
         <v>119000</v>
       </c>
       <c r="D129" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E129" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
         <v>124500</v>
       </c>
       <c r="D130" s="4">
         <v>12</v>
       </c>
       <c r="E130" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
         <v>263</v>
@@ -4211,51 +4211,51 @@
       </c>
       <c r="B139" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C139" s="3">
         <v>265000</v>
       </c>
       <c r="D139" s="4">
         <v>0</v>
       </c>
       <c r="E139" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C140" s="3">
         <v>11680</v>
       </c>
       <c r="D140" s="4">
-        <v>61</v>
+        <v>0</v>
       </c>
       <c r="E140" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>283</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C141" s="3">
         <v>0</v>
       </c>
       <c r="D141" s="4">
         <v>0</v>
       </c>
       <c r="E141" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
         <v>285</v>
@@ -4279,578 +4279,578 @@
       </c>
       <c r="B143" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
         <v>19950</v>
       </c>
       <c r="D143" s="4">
         <v>0</v>
       </c>
       <c r="E143" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C144" s="3">
         <v>1200</v>
       </c>
       <c r="D144" s="4">
-        <v>862</v>
+        <v>879</v>
       </c>
       <c r="E144" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C145" s="3">
         <v>18950</v>
       </c>
       <c r="D145" s="4">
-        <v>809</v>
+        <v>800</v>
       </c>
       <c r="E145" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
         <v>293</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C146" s="3">
         <v>3650</v>
       </c>
       <c r="D146" s="4">
-        <v>639</v>
+        <v>590</v>
       </c>
       <c r="E146" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="147" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A147" s="2" t="s">
         <v>295</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C147" s="3">
         <v>4950</v>
       </c>
       <c r="D147" s="4">
-        <v>1484</v>
+        <v>1470</v>
       </c>
       <c r="E147" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="148" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A148" s="2" t="s">
         <v>297</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C148" s="3">
         <v>5350</v>
       </c>
       <c r="D148" s="4">
-        <v>671</v>
+        <v>608</v>
       </c>
       <c r="E148" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C149" s="3">
         <v>7450</v>
       </c>
       <c r="D149" s="4">
         <v>2</v>
       </c>
       <c r="E149" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C150" s="3">
         <v>18900</v>
       </c>
       <c r="D150" s="4">
         <v>0</v>
       </c>
       <c r="E150" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C151" s="3">
         <v>12300</v>
       </c>
       <c r="D151" s="4">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E151" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C152" s="3">
         <v>4100</v>
       </c>
       <c r="D152" s="4">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="E152" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C153" s="3">
         <v>4250</v>
       </c>
       <c r="D153" s="4">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E153" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
         <v>309</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C154" s="3">
         <v>7900</v>
       </c>
       <c r="D154" s="4">
-        <v>153</v>
+        <v>111</v>
       </c>
       <c r="E154" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="155" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A155" s="2" t="s">
         <v>311</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C155" s="3">
         <v>24900</v>
       </c>
       <c r="D155" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E155" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="156" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A156" s="2" t="s">
         <v>313</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C156" s="3">
         <v>10950</v>
       </c>
       <c r="D156" s="4">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E156" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="157" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A157" s="2" t="s">
         <v>315</v>
       </c>
       <c r="B157" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C157" s="3">
         <v>1650</v>
       </c>
       <c r="D157" s="4">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="E157" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="158" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A158" s="2" t="s">
         <v>317</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C158" s="3">
         <v>4900</v>
       </c>
       <c r="D158" s="4">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E158" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="159" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A159" s="2" t="s">
         <v>319</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C159" s="3">
         <v>7200</v>
       </c>
       <c r="D159" s="4">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E159" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C160" s="3">
         <v>19000</v>
       </c>
       <c r="D160" s="4">
         <v>96</v>
       </c>
       <c r="E160" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C161" s="3">
         <v>186000</v>
       </c>
       <c r="D161" s="4">
         <v>0</v>
       </c>
       <c r="E161" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>325</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C162" s="3">
         <v>8990</v>
       </c>
       <c r="D162" s="4">
-        <v>-199</v>
+        <v>0</v>
       </c>
       <c r="E162" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>327</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>328</v>
       </c>
       <c r="C163" s="3">
         <v>12240</v>
       </c>
       <c r="D163" s="4">
         <v>0</v>
       </c>
       <c r="E163" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="164" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A164" s="2" t="s">
         <v>329</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C164" s="3">
         <v>13900</v>
       </c>
       <c r="D164" s="4">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="E164" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>331</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C165" s="3">
         <v>0</v>
       </c>
       <c r="D165" s="4">
         <v>2</v>
       </c>
       <c r="E165" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C166" s="3">
         <v>12490</v>
       </c>
       <c r="D166" s="4">
         <v>-5</v>
       </c>
       <c r="E166" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C167" s="3">
         <v>8900</v>
       </c>
       <c r="D167" s="4">
-        <v>-329</v>
+        <v>35</v>
       </c>
       <c r="E167" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A168" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>338</v>
       </c>
       <c r="C168" s="3">
         <v>8350</v>
       </c>
       <c r="D168" s="4">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="E168" s="4">
         <v>41</v>
       </c>
     </row>
     <row r="169" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A169" s="2" t="s">
         <v>339</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>340</v>
       </c>
       <c r="C169" s="3">
         <v>12450</v>
       </c>
       <c r="D169" s="4">
         <v>3</v>
       </c>
       <c r="E169" s="4">
         <v>41</v>
       </c>
     </row>
     <row r="170" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A170" s="2" t="s">
         <v>341</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>342</v>
       </c>
       <c r="C170" s="3">
         <v>8990</v>
       </c>
       <c r="D170" s="4">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="E170" s="4">
         <v>41</v>
       </c>
     </row>
     <row r="171" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A171" s="2" t="s">
         <v>343</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C171" s="3">
         <v>5950</v>
       </c>
       <c r="D171" s="4">
         <v>-1</v>
       </c>
       <c r="E171" s="4">
         <v>41</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C172" s="3">
         <v>22500</v>
       </c>
       <c r="D172" s="4">
         <v>11</v>
       </c>
       <c r="E172" s="4">
         <v>41</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C173" s="3">
         <v>58500</v>
       </c>
       <c r="D173" s="4">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="E173" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>349</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C174" s="3">
         <v>7950</v>
       </c>
       <c r="D174" s="4">
         <v>25</v>
       </c>
       <c r="E174" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C175" s="3">
         <v>33240</v>
       </c>
       <c r="D175" s="4">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="E175" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>353</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C176" s="3">
         <v>26500</v>
       </c>
       <c r="D176" s="4">
         <v>55</v>
       </c>
       <c r="E176" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
         <v>355</v>
@@ -4874,68 +4874,68 @@
       </c>
       <c r="B178" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C178" s="3">
         <v>179990</v>
       </c>
       <c r="D178" s="4">
         <v>13</v>
       </c>
       <c r="E178" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
         <v>359</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C179" s="3">
         <v>72000</v>
       </c>
       <c r="D179" s="4">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E179" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
         <v>361</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C180" s="3">
         <v>19950</v>
       </c>
       <c r="D180" s="4">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="E180" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
         <v>363</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C181" s="3">
         <v>46950</v>
       </c>
       <c r="D181" s="4">
         <v>57</v>
       </c>
       <c r="E181" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
         <v>365</v>
@@ -4976,51 +4976,51 @@
       </c>
       <c r="B184" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C184" s="3">
         <v>99900</v>
       </c>
       <c r="D184" s="4">
         <v>16</v>
       </c>
       <c r="E184" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
         <v>371</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C185" s="3">
         <v>36500</v>
       </c>
       <c r="D185" s="4">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E185" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
         <v>373</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C186" s="3">
         <v>48900</v>
       </c>
       <c r="D186" s="4">
         <v>0</v>
       </c>
       <c r="E186" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
         <v>375</v>
@@ -5078,102 +5078,102 @@
       </c>
       <c r="B190" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C190" s="3">
         <v>79500</v>
       </c>
       <c r="D190" s="4">
         <v>0</v>
       </c>
       <c r="E190" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C191" s="3">
         <v>99500</v>
       </c>
       <c r="D191" s="4">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E191" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C192" s="3">
         <v>35900</v>
       </c>
       <c r="D192" s="4">
         <v>56</v>
       </c>
       <c r="E192" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C193" s="3">
         <v>139000</v>
       </c>
       <c r="D193" s="4">
         <v>25</v>
       </c>
       <c r="E193" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C194" s="3">
         <v>22900</v>
       </c>
       <c r="D194" s="4">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="E194" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
         <v>391</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>392</v>
       </c>
       <c r="C195" s="3">
         <v>10950</v>
       </c>
       <c r="D195" s="4">
         <v>145</v>
       </c>
       <c r="E195" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="196" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A196" s="2" t="s">
         <v>393</v>
@@ -5197,238 +5197,238 @@
       </c>
       <c r="B197" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C197" s="3">
         <v>10100</v>
       </c>
       <c r="D197" s="4">
         <v>2</v>
       </c>
       <c r="E197" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="198" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A198" s="2" t="s">
         <v>397</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C198" s="3">
         <v>10950</v>
       </c>
       <c r="D198" s="4">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E198" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="199" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A199" s="2" t="s">
         <v>399</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C199" s="3">
         <v>750</v>
       </c>
       <c r="D199" s="4">
-        <v>428</v>
+        <v>372</v>
       </c>
       <c r="E199" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C200" s="3">
         <v>6900</v>
       </c>
       <c r="D200" s="4">
         <v>0</v>
       </c>
       <c r="E200" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C201" s="3">
         <v>17500</v>
       </c>
       <c r="D201" s="4">
-        <v>190</v>
+        <v>165</v>
       </c>
       <c r="E201" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
         <v>405</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C202" s="3">
         <v>14500</v>
       </c>
       <c r="D202" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="E202" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="203" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A203" s="2" t="s">
         <v>407</v>
       </c>
       <c r="B203" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C203" s="3">
         <v>11200</v>
       </c>
       <c r="D203" s="4">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="E203" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="3">
         <v>165000</v>
       </c>
       <c r="D204" s="4">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="E204" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C205" s="3">
         <v>116300</v>
       </c>
       <c r="D205" s="4">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="E205" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C206" s="3">
         <v>43900</v>
       </c>
       <c r="D206" s="4">
         <v>0</v>
       </c>
       <c r="E206" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C207" s="3">
         <v>3950</v>
       </c>
       <c r="D207" s="4">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E207" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C208" s="3">
         <v>74900</v>
       </c>
       <c r="D208" s="4">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E208" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C209" s="3">
         <v>19990</v>
       </c>
       <c r="D209" s="4">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E209" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C210" s="3">
         <v>19950</v>
       </c>
       <c r="D210" s="4">
         <v>1.5</v>
       </c>
       <c r="E210" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
         <v>423</v>
@@ -5452,289 +5452,289 @@
       </c>
       <c r="B212" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C212" s="3">
         <v>2450</v>
       </c>
       <c r="D212" s="4">
         <v>-13</v>
       </c>
       <c r="E212" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C213" s="3">
         <v>2750</v>
       </c>
       <c r="D213" s="4">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="E213" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="3">
         <v>2100</v>
       </c>
       <c r="D214" s="4">
         <v>-2</v>
       </c>
       <c r="E214" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C215" s="3">
         <v>79500</v>
       </c>
       <c r="D215" s="4">
         <v>0</v>
       </c>
       <c r="E215" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C216" s="3">
         <v>18790</v>
       </c>
       <c r="D216" s="4">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E216" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
         <v>435</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C217" s="3">
         <v>48000</v>
       </c>
       <c r="D217" s="4">
         <v>1</v>
       </c>
       <c r="E217" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="218" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A218" s="2" t="s">
         <v>433</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C218" s="3">
         <v>18790</v>
       </c>
       <c r="D218" s="4">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="E218" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="219" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A219" s="2" t="s">
         <v>437</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="3">
         <v>13950</v>
       </c>
       <c r="D219" s="4">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="E219" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="220" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A220" s="2" t="s">
         <v>439</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="3">
         <v>15950</v>
       </c>
       <c r="D220" s="4">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E220" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
         <v>441</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="3">
         <v>2950</v>
       </c>
       <c r="D221" s="4">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="E221" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="3">
         <v>3750</v>
       </c>
       <c r="D222" s="4">
-        <v>298</v>
+        <v>268</v>
       </c>
       <c r="E222" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
         <v>445</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="3">
         <v>3250</v>
       </c>
       <c r="D223" s="4">
         <v>1557</v>
       </c>
       <c r="E223" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="224" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A224" s="2" t="s">
         <v>447</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="3">
         <v>3950</v>
       </c>
       <c r="D224" s="4">
         <v>99</v>
       </c>
       <c r="E224" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
         <v>449</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="3">
         <v>5900</v>
       </c>
       <c r="D225" s="4">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="E225" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
         <v>451</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="3">
         <v>34450</v>
       </c>
       <c r="D226" s="4">
         <v>53</v>
       </c>
       <c r="E226" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
         <v>453</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="3">
         <v>9900</v>
       </c>
       <c r="D227" s="4">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="E227" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
         <v>455</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="3">
         <v>2950</v>
       </c>
       <c r="D228" s="4">
         <v>2</v>
       </c>
       <c r="E228" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
         <v>457</v>
@@ -5838,50 +5838,50 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2026-1-3</vt:lpstr>
+      <vt:lpstr>2026-3-4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jfaundez</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>