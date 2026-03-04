--- v0 (2026-01-03)
+++ v1 (2026-03-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="2026-1-3" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="2026-3-4" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1177" uniqueCount="1129">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio Neto</t>
   </si>
   <si>
     <t>Stock</t>
   </si>
   <si>
     <t>Página</t>
   </si>
   <si>
     <t>JUEGH2M102</t>
   </si>
@@ -502,51 +502,51 @@
   <si>
     <t xml:space="preserve">ANIMALES MONSTRUITOS C/VENTOSAS 10 PIEZAS (48)    </t>
   </si>
   <si>
     <t>JUEGLUE050</t>
   </si>
   <si>
     <t xml:space="preserve">JUEGO TUERCAS CON TORNILLOS # 5651  (12-48)       </t>
   </si>
   <si>
     <t>JUEGCAI017</t>
   </si>
   <si>
     <t>JUEGO SENSORIAL BURBUJAS POP-IT  DIF. TEXTURAS(60)</t>
   </si>
   <si>
     <t>JUEGBAS273</t>
   </si>
   <si>
     <t xml:space="preserve">SET DE 6 PELOTAS TACTILES # 4016 KM1702814 (36)   </t>
   </si>
   <si>
     <t>JUEGQIA045</t>
   </si>
   <si>
-    <t xml:space="preserve">POTE LETRAS MAYU.P/ENLAZAR 52PZA.QL-055(C)-2(30)  </t>
+    <t xml:space="preserve">LETRAS MAYU.P/ENLAZAR 100PZA.QL-055(C)-2(30)      </t>
   </si>
   <si>
     <t>JUEGLEA254</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUYE PALABRAS C/TUERCAS Y TORN. LER5044(6)   </t>
   </si>
   <si>
     <t>JUEGINT064</t>
   </si>
   <si>
     <t>APRENDO A VESTIRME # 30650 (18)</t>
   </si>
   <si>
     <t>JUEGINT103</t>
   </si>
   <si>
     <t>BINGO 25 INSTRUMENTOS MUSICALES + CD # 20622 (18)</t>
   </si>
   <si>
     <t>JUEGINT061</t>
   </si>
   <si>
     <t>BINGO 25 SONIDOS CASA +CD # 20621 (18)</t>
   </si>
@@ -1642,51 +1642,51 @@
   <si>
     <t xml:space="preserve">ANIMALES DOMESTICOS 6 PZAS.GRANDES LER0688 (8)    </t>
   </si>
   <si>
     <t>JUEGLEA161</t>
   </si>
   <si>
     <t xml:space="preserve">ANIMALES DE LA GRANJA JUMBO SET DE 7 LER0694 (8)  </t>
   </si>
   <si>
     <t>JUEGLEA043</t>
   </si>
   <si>
     <t xml:space="preserve">ANIMALES GRANJA + CRIAS JUMBO 8 PZAS.LER0835 (6)  </t>
   </si>
   <si>
     <t>JUEGWIN001</t>
   </si>
   <si>
     <t>ANIMALES DE LA SELVA GOMA 2UND.11X7CM 2509 (24-96)</t>
   </si>
   <si>
     <t>JUEGBAS473</t>
   </si>
   <si>
-    <t xml:space="preserve">SET DE ANIMALES SALVAJES 12 UNI. KZ1701202 (24)  </t>
+    <t>SET DE ANIMALES DE LA SELVA 12 UNI. KZ1701202 (24)</t>
   </si>
   <si>
     <t>JUEGBAS321</t>
   </si>
   <si>
     <t xml:space="preserve">SET REPRESENT.DE GRANJA 4 DISEÑOS KZ1810192 (48)  </t>
   </si>
   <si>
     <t>JUEGZHE035</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE MAGNET.ANIMAL. GRANJA- YT1347-B (40)       </t>
   </si>
   <si>
     <t>JUEGGOD031</t>
   </si>
   <si>
     <t>PUZZLE ANIMALES DE LA GRANJA 13 MADERA C/METAL (90</t>
   </si>
   <si>
     <t>JUEGDAC002</t>
   </si>
   <si>
     <t xml:space="preserve">GRANJA DE ANIMALES C/SONIDO 5 PZAS.TPKT0965 (24)  </t>
   </si>
@@ -2794,51 +2794,51 @@
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PCS MAR EGEO KK2004969 (18)        </t>
   </si>
   <si>
     <t>JUEGBAS380</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PCS NEW YORK KK1912127 (18)        </t>
   </si>
   <si>
     <t>JUEGBAS378</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PCS PEZ KK2004965 (18)      </t>
   </si>
   <si>
     <t>JUEGBAS379</t>
   </si>
   <si>
     <t>PUZZLE DE 1000 PCS PUENTE DE LONDRE KK2004972 (18)</t>
   </si>
   <si>
     <t>JUEGBAS374</t>
   </si>
   <si>
-    <t>PUZZLE DE 1000 PCS VIAJE AL ESPACIO KK2004959 (18)</t>
+    <t>PUZZLE DE 1000 PCS VIAJE AL ESPACIO KK2004959 (24)</t>
   </si>
   <si>
     <t>JUEGBAS485</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PIEZAS BUHOS KK2108060 (32)        </t>
   </si>
   <si>
     <t>JUEGBAS478</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PIEZAS CAFE KK2107218  (24)        </t>
   </si>
   <si>
     <t>JUEGBAS475</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PIEZAS CERAMICA KK2107195 (24)     </t>
   </si>
   <si>
     <t>JUEGBAS482</t>
   </si>
   <si>
     <t xml:space="preserve">PUZZLE DE 1000 PIEZAS GATO - TIGRE KK2107985 (32) </t>
   </si>
@@ -3845,323 +3845,323 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="3">
         <v>10500</v>
       </c>
       <c r="D2" s="4">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E2" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3">
         <v>22000</v>
       </c>
       <c r="D3" s="4">
-        <v>129</v>
+        <v>82</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3">
         <v>10500</v>
       </c>
       <c r="D4" s="4">
-        <v>126</v>
+        <v>101</v>
       </c>
       <c r="E4" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="3">
         <v>24000</v>
       </c>
       <c r="D5" s="4">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E5" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
         <v>7000</v>
       </c>
       <c r="D6" s="4">
-        <v>137</v>
+        <v>124</v>
       </c>
       <c r="E6" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>22500</v>
       </c>
       <c r="D7" s="4">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>22500</v>
       </c>
       <c r="D8" s="4">
         <v>51</v>
       </c>
       <c r="E8" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3">
         <v>32500</v>
       </c>
       <c r="D9" s="4">
         <v>22</v>
       </c>
       <c r="E9" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>17800</v>
       </c>
       <c r="D10" s="4">
-        <v>263</v>
+        <v>232</v>
       </c>
       <c r="E10" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3">
         <v>39950</v>
       </c>
       <c r="D11" s="4">
         <v>45</v>
       </c>
       <c r="E11" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="3">
         <v>12500</v>
       </c>
       <c r="D12" s="4">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="E12" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3">
         <v>24500</v>
       </c>
       <c r="D13" s="4">
-        <v>1140</v>
+        <v>1073</v>
       </c>
       <c r="E13" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3">
         <v>33900</v>
       </c>
       <c r="D14" s="4">
         <v>581</v>
       </c>
       <c r="E14" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="3">
         <v>25950</v>
       </c>
       <c r="D15" s="4">
         <v>235</v>
       </c>
       <c r="E15" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3">
         <v>8950</v>
       </c>
       <c r="D16" s="4">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E16" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
         <v>14800</v>
       </c>
       <c r="D17" s="4">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E17" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
         <v>36500</v>
       </c>
       <c r="D18" s="4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E18" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
         <v>22900</v>
       </c>
       <c r="D19" s="4">
         <v>251</v>
       </c>
       <c r="E19" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
@@ -4270,51 +4270,51 @@
       </c>
       <c r="B26" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
         <v>9980</v>
       </c>
       <c r="D26" s="4">
         <v>0</v>
       </c>
       <c r="E26" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
         <v>3900</v>
       </c>
       <c r="D27" s="4">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E27" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
         <v>2990</v>
       </c>
       <c r="D28" s="4">
         <v>82</v>
       </c>
       <c r="E28" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>59</v>
@@ -4372,238 +4372,238 @@
       </c>
       <c r="B32" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>19900</v>
       </c>
       <c r="D32" s="4">
         <v>97</v>
       </c>
       <c r="E32" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>14950</v>
       </c>
       <c r="D33" s="4">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E33" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="3">
         <v>10980</v>
       </c>
       <c r="D34" s="4">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E34" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>72</v>
       </c>
       <c r="C35" s="3">
         <v>10200</v>
       </c>
       <c r="D35" s="4">
         <v>0</v>
       </c>
       <c r="E35" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="3">
         <v>9200</v>
       </c>
       <c r="D36" s="4">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="E36" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C37" s="3">
         <v>3980</v>
       </c>
       <c r="D37" s="4">
         <v>0</v>
       </c>
       <c r="E37" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>77</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
         <v>4600</v>
       </c>
       <c r="D38" s="4">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E38" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>6850</v>
       </c>
       <c r="D39" s="4">
         <v>23</v>
       </c>
       <c r="E39" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>5390</v>
       </c>
       <c r="D40" s="4">
         <v>5</v>
       </c>
       <c r="E40" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>11890</v>
       </c>
       <c r="D41" s="4">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="E41" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
         <v>5900</v>
       </c>
       <c r="D42" s="4">
         <v>0</v>
       </c>
       <c r="E42" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>88</v>
       </c>
       <c r="C43" s="3">
         <v>9980</v>
       </c>
       <c r="D43" s="4">
         <v>11</v>
       </c>
       <c r="E43" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>89</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>90</v>
       </c>
       <c r="C44" s="3">
         <v>9980</v>
       </c>
       <c r="D44" s="4">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E44" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>92</v>
       </c>
       <c r="C45" s="3">
         <v>18900</v>
       </c>
       <c r="D45" s="4">
         <v>153</v>
       </c>
       <c r="E45" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>93</v>
@@ -4627,51 +4627,51 @@
       </c>
       <c r="B47" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
         <v>24950</v>
       </c>
       <c r="D47" s="4">
         <v>2</v>
       </c>
       <c r="E47" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
         <v>7600</v>
       </c>
       <c r="D48" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E48" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
         <v>12760</v>
       </c>
       <c r="D49" s="4">
         <v>1</v>
       </c>
       <c r="E49" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
@@ -4746,85 +4746,85 @@
       </c>
       <c r="B54" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
         <v>9980</v>
       </c>
       <c r="D54" s="4">
         <v>3</v>
       </c>
       <c r="E54" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>112</v>
       </c>
       <c r="C55" s="3">
         <v>43500</v>
       </c>
       <c r="D55" s="4">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E55" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
         <v>8490</v>
       </c>
       <c r="D56" s="4">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="E56" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
         <v>3540</v>
       </c>
       <c r="D57" s="4">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E57" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
         <v>11450</v>
       </c>
       <c r="D58" s="4">
         <v>0</v>
       </c>
       <c r="E58" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>119</v>
@@ -4865,306 +4865,306 @@
       </c>
       <c r="B61" s="2" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="3">
         <v>14350</v>
       </c>
       <c r="D61" s="4">
         <v>0</v>
       </c>
       <c r="E61" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
         <v>19900</v>
       </c>
       <c r="D62" s="4">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E62" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
         <v>10900</v>
       </c>
       <c r="D63" s="4">
         <v>0</v>
       </c>
       <c r="E63" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
         <v>22900</v>
       </c>
       <c r="D64" s="4">
         <v>1</v>
       </c>
       <c r="E64" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>131</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>132</v>
       </c>
       <c r="C65" s="3">
         <v>12500</v>
       </c>
       <c r="D65" s="4">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E65" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>133</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
         <v>44500</v>
       </c>
       <c r="D66" s="4">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="E66" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
         <v>4500</v>
       </c>
       <c r="D67" s="4">
         <v>2</v>
       </c>
       <c r="E67" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
         <v>650</v>
       </c>
       <c r="D68" s="4">
-        <v>283</v>
+        <v>235</v>
       </c>
       <c r="E68" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
         <v>9950</v>
       </c>
       <c r="D69" s="4">
         <v>0</v>
       </c>
       <c r="E69" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
         <v>10500</v>
       </c>
       <c r="D70" s="4">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="E70" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
         <v>14600</v>
       </c>
       <c r="D71" s="4">
         <v>6</v>
       </c>
       <c r="E71" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
         <v>33550</v>
       </c>
       <c r="D72" s="4">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="E72" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
         <v>11950</v>
       </c>
       <c r="D73" s="4">
         <v>10</v>
       </c>
       <c r="E73" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
         <v>14950</v>
       </c>
       <c r="D74" s="4">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E74" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
         <v>37800</v>
       </c>
       <c r="D75" s="4">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E75" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
         <v>11650</v>
       </c>
       <c r="D76" s="4">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E76" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
         <v>8260</v>
       </c>
       <c r="D77" s="4">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="E77" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>157</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C78" s="3">
         <v>2350</v>
       </c>
       <c r="D78" s="4">
         <v>0</v>
       </c>
       <c r="E78" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>159</v>
@@ -5185,54 +5185,54 @@
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>161</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C80" s="3">
         <v>7990</v>
       </c>
       <c r="D80" s="4">
         <v>-4</v>
       </c>
       <c r="E80" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>164</v>
       </c>
       <c r="C81" s="3">
-        <v>6450</v>
+        <v>4600</v>
       </c>
       <c r="D81" s="4">
-        <v>-1</v>
+        <v>110</v>
       </c>
       <c r="E81" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>165</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
         <v>37500</v>
       </c>
       <c r="D82" s="4">
         <v>38</v>
       </c>
       <c r="E82" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>167</v>
@@ -5256,187 +5256,187 @@
       </c>
       <c r="B84" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
         <v>23900</v>
       </c>
       <c r="D84" s="4">
         <v>52</v>
       </c>
       <c r="E84" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
         <v>38900</v>
       </c>
       <c r="D85" s="4">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E85" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
         <v>29990</v>
       </c>
       <c r="D86" s="4">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E86" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
         <v>14900</v>
       </c>
       <c r="D87" s="4">
         <v>131</v>
       </c>
       <c r="E87" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
         <v>35900</v>
       </c>
       <c r="D88" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E88" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
         <v>14980</v>
       </c>
       <c r="D89" s="4">
         <v>1</v>
       </c>
       <c r="E89" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
         <v>15950</v>
       </c>
       <c r="D90" s="4">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E90" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C91" s="3">
         <v>12900</v>
       </c>
       <c r="D91" s="4">
         <v>0</v>
       </c>
       <c r="E91" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C92" s="3">
         <v>18300</v>
       </c>
       <c r="D92" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E92" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C93" s="3">
         <v>15950</v>
       </c>
       <c r="D93" s="4">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E93" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C94" s="3">
         <v>15950</v>
       </c>
       <c r="D94" s="4">
         <v>0</v>
       </c>
       <c r="E94" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>191</v>
@@ -5477,85 +5477,85 @@
       </c>
       <c r="B97" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C97" s="3">
         <v>14900</v>
       </c>
       <c r="D97" s="4">
         <v>0</v>
       </c>
       <c r="E97" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="2" t="s">
         <v>197</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C98" s="3">
         <v>11500</v>
       </c>
       <c r="D98" s="4">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="E98" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C99" s="3">
         <v>17950</v>
       </c>
       <c r="D99" s="4">
         <v>0</v>
       </c>
       <c r="E99" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C100" s="3">
         <v>11980</v>
       </c>
       <c r="D100" s="4">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E100" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C101" s="3">
         <v>14950</v>
       </c>
       <c r="D101" s="4">
         <v>15</v>
       </c>
       <c r="E101" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="2" t="s">
         <v>205</v>
@@ -5596,153 +5596,153 @@
       </c>
       <c r="B104" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
         <v>11980</v>
       </c>
       <c r="D104" s="4">
         <v>30</v>
       </c>
       <c r="E104" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
         <v>211</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>212</v>
       </c>
       <c r="C105" s="3">
         <v>11200</v>
       </c>
       <c r="D105" s="4">
-        <v>77</v>
+        <v>34</v>
       </c>
       <c r="E105" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="2" t="s">
         <v>213</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>214</v>
       </c>
       <c r="C106" s="3">
         <v>5950</v>
       </c>
       <c r="D106" s="4">
         <v>1</v>
       </c>
       <c r="E106" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C107" s="3">
         <v>5950</v>
       </c>
       <c r="D107" s="4">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="E107" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="2" t="s">
         <v>217</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C108" s="3">
         <v>5950</v>
       </c>
       <c r="D108" s="4">
         <v>0</v>
       </c>
       <c r="E108" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="2" t="s">
         <v>219</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C109" s="3">
         <v>8400</v>
       </c>
       <c r="D109" s="4">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E109" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="2" t="s">
         <v>221</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>222</v>
       </c>
       <c r="C110" s="3">
         <v>4500</v>
       </c>
       <c r="D110" s="4">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E110" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
         <v>6900</v>
       </c>
       <c r="D111" s="4">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="E111" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
         <v>3100</v>
       </c>
       <c r="D112" s="4">
         <v>166</v>
       </c>
       <c r="E112" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>227</v>
@@ -5766,238 +5766,238 @@
       </c>
       <c r="B114" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
         <v>2650</v>
       </c>
       <c r="D114" s="4">
         <v>3</v>
       </c>
       <c r="E114" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
         <v>7980</v>
       </c>
       <c r="D115" s="4">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E115" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>233</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>234</v>
       </c>
       <c r="C116" s="3">
         <v>2300</v>
       </c>
       <c r="D116" s="4">
         <v>0</v>
       </c>
       <c r="E116" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="2" t="s">
         <v>235</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>236</v>
       </c>
       <c r="C117" s="3">
         <v>4500</v>
       </c>
       <c r="D117" s="4">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E117" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="2" t="s">
         <v>237</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>238</v>
       </c>
       <c r="C118" s="3">
         <v>5980</v>
       </c>
       <c r="D118" s="4">
         <v>76</v>
       </c>
       <c r="E118" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="2" t="s">
         <v>239</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
         <v>5980</v>
       </c>
       <c r="D119" s="4">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="E119" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
         <v>6980</v>
       </c>
       <c r="D120" s="4">
         <v>167</v>
       </c>
       <c r="E120" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
         <v>9550</v>
       </c>
       <c r="D121" s="4">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E121" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
         <v>6450</v>
       </c>
       <c r="D122" s="4">
         <v>22</v>
       </c>
       <c r="E122" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
         <v>11900</v>
       </c>
       <c r="D123" s="4">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="E123" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C124" s="3">
         <v>9890</v>
       </c>
       <c r="D124" s="4">
-        <v>-2</v>
+        <v>-7</v>
       </c>
       <c r="E124" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C125" s="3">
         <v>9890</v>
       </c>
       <c r="D125" s="4">
         <v>0</v>
       </c>
       <c r="E125" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C126" s="3">
         <v>11450</v>
       </c>
       <c r="D126" s="4">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="E126" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="3">
         <v>2100</v>
       </c>
       <c r="D127" s="4">
         <v>1</v>
       </c>
       <c r="E127" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>257</v>
@@ -6021,85 +6021,85 @@
       </c>
       <c r="B129" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
         <v>1960</v>
       </c>
       <c r="D129" s="4">
         <v>0</v>
       </c>
       <c r="E129" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
         <v>1960</v>
       </c>
       <c r="D130" s="4">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="E130" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
         <v>1950</v>
       </c>
       <c r="D131" s="4">
         <v>4</v>
       </c>
       <c r="E131" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C132" s="3">
         <v>12100</v>
       </c>
       <c r="D132" s="4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E132" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C133" s="3">
         <v>26900</v>
       </c>
       <c r="D133" s="4">
         <v>0</v>
       </c>
       <c r="E133" s="4">
         <v>28</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>269</v>
@@ -6123,51 +6123,51 @@
       </c>
       <c r="B135" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C135" s="3">
         <v>39500</v>
       </c>
       <c r="D135" s="4">
         <v>99</v>
       </c>
       <c r="E135" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="2" t="s">
         <v>273</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C136" s="3">
         <v>16500</v>
       </c>
       <c r="D136" s="4">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E136" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>275</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C137" s="3">
         <v>38450</v>
       </c>
       <c r="D137" s="4">
         <v>0</v>
       </c>
       <c r="E137" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
         <v>277</v>
@@ -6242,68 +6242,68 @@
       </c>
       <c r="B142" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C142" s="3">
         <v>11980</v>
       </c>
       <c r="D142" s="4">
         <v>204</v>
       </c>
       <c r="E142" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
         <v>287</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
         <v>49800</v>
       </c>
       <c r="D143" s="4">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E143" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C144" s="3">
         <v>4980</v>
       </c>
       <c r="D144" s="4">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E144" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="145" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A145" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C145" s="3">
         <v>5200</v>
       </c>
       <c r="D145" s="4">
         <v>0</v>
       </c>
       <c r="E145" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="146" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A146" s="2" t="s">
         <v>293</v>
@@ -6344,102 +6344,102 @@
       </c>
       <c r="B148" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C148" s="3">
         <v>10450</v>
       </c>
       <c r="D148" s="4">
         <v>0</v>
       </c>
       <c r="E148" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="149" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A149" s="2" t="s">
         <v>299</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C149" s="3">
         <v>19900</v>
       </c>
       <c r="D149" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E149" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="150" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A150" s="2" t="s">
         <v>301</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C150" s="3">
         <v>9450</v>
       </c>
       <c r="D150" s="4">
         <v>15</v>
       </c>
       <c r="E150" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="151" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A151" s="2" t="s">
         <v>303</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C151" s="3">
         <v>14490</v>
       </c>
       <c r="D151" s="4">
         <v>0</v>
       </c>
       <c r="E151" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="152" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A152" s="2" t="s">
         <v>305</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C152" s="3">
-        <v>19950</v>
+        <v>21500</v>
       </c>
       <c r="D152" s="4">
-        <v>0</v>
+        <v>82</v>
       </c>
       <c r="E152" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="153" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A153" s="2" t="s">
         <v>307</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C153" s="3">
         <v>45500</v>
       </c>
       <c r="D153" s="4">
         <v>11</v>
       </c>
       <c r="E153" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="154" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A154" s="2" t="s">
         <v>309</v>
@@ -6531,68 +6531,68 @@
       </c>
       <c r="B159" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C159" s="3">
         <v>13450</v>
       </c>
       <c r="D159" s="4">
         <v>46</v>
       </c>
       <c r="E159" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="160" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A160" s="2" t="s">
         <v>321</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>322</v>
       </c>
       <c r="C160" s="3">
         <v>33450</v>
       </c>
       <c r="D160" s="4">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E160" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="161" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A161" s="2" t="s">
         <v>323</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>324</v>
       </c>
       <c r="C161" s="3">
         <v>8900</v>
       </c>
       <c r="D161" s="4">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="E161" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="162" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A162" s="2" t="s">
         <v>325</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>326</v>
       </c>
       <c r="C162" s="3">
         <v>34500</v>
       </c>
       <c r="D162" s="4">
         <v>127</v>
       </c>
       <c r="E162" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="163" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A163" s="2" t="s">
         <v>327</v>
@@ -6616,51 +6616,51 @@
       </c>
       <c r="B164" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C164" s="3">
         <v>13450</v>
       </c>
       <c r="D164" s="4">
         <v>137</v>
       </c>
       <c r="E164" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="165" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A165" s="2" t="s">
         <v>331</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>332</v>
       </c>
       <c r="C165" s="3">
         <v>8600</v>
       </c>
       <c r="D165" s="4">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E165" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="166" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A166" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>334</v>
       </c>
       <c r="C166" s="3">
         <v>19900</v>
       </c>
       <c r="D166" s="4">
         <v>51</v>
       </c>
       <c r="E166" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A167" s="2" t="s">
         <v>335</v>
@@ -6735,408 +6735,408 @@
       </c>
       <c r="B171" s="2" t="s">
         <v>344</v>
       </c>
       <c r="C171" s="3">
         <v>16590</v>
       </c>
       <c r="D171" s="4">
         <v>2</v>
       </c>
       <c r="E171" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A172" s="2" t="s">
         <v>345</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C172" s="3">
         <v>15990</v>
       </c>
       <c r="D172" s="4">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="E172" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="173" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A173" s="2" t="s">
         <v>347</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>348</v>
       </c>
       <c r="C173" s="3">
         <v>29100</v>
       </c>
       <c r="D173" s="4">
         <v>0</v>
       </c>
       <c r="E173" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A174" s="2" t="s">
         <v>349</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>350</v>
       </c>
       <c r="C174" s="3">
         <v>29990</v>
       </c>
       <c r="D174" s="4">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E174" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="175" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A175" s="2" t="s">
         <v>351</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C175" s="3">
         <v>22900</v>
       </c>
       <c r="D175" s="4">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E175" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="176" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A176" s="2" t="s">
         <v>353</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C176" s="3">
         <v>19500</v>
       </c>
       <c r="D176" s="4">
         <v>0</v>
       </c>
       <c r="E176" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="177" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A177" s="2" t="s">
         <v>355</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>356</v>
       </c>
       <c r="C177" s="3">
         <v>19500</v>
       </c>
       <c r="D177" s="4">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="E177" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="178" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A178" s="2" t="s">
         <v>357</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C178" s="3">
         <v>7950</v>
       </c>
       <c r="D178" s="4">
         <v>2</v>
       </c>
       <c r="E178" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="179" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A179" s="2" t="s">
         <v>359</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C179" s="3">
         <v>19500</v>
       </c>
       <c r="D179" s="4">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E179" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="180" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A180" s="2" t="s">
         <v>361</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>362</v>
       </c>
       <c r="C180" s="3">
         <v>38900</v>
       </c>
       <c r="D180" s="4">
         <v>0</v>
       </c>
       <c r="E180" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="181" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A181" s="2" t="s">
         <v>363</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>364</v>
       </c>
       <c r="C181" s="3">
         <v>27450</v>
       </c>
       <c r="D181" s="4">
         <v>5</v>
       </c>
       <c r="E181" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="182" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A182" s="2" t="s">
         <v>365</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>366</v>
       </c>
       <c r="C182" s="3">
         <v>87200</v>
       </c>
       <c r="D182" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E182" s="4">
         <v>38</v>
       </c>
     </row>
     <row r="183" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A183" s="2" t="s">
         <v>367</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>368</v>
       </c>
       <c r="C183" s="3">
         <v>1350</v>
       </c>
       <c r="D183" s="4">
         <v>18</v>
       </c>
       <c r="E183" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="184" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A184" s="2" t="s">
         <v>369</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>370</v>
       </c>
       <c r="C184" s="3">
         <v>1690</v>
       </c>
       <c r="D184" s="4">
-        <v>100</v>
+        <v>64</v>
       </c>
       <c r="E184" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="185" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A185" s="2" t="s">
         <v>371</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>372</v>
       </c>
       <c r="C185" s="3">
         <v>1200</v>
       </c>
       <c r="D185" s="4">
-        <v>523</v>
+        <v>465</v>
       </c>
       <c r="E185" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="186" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A186" s="2" t="s">
         <v>373</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>374</v>
       </c>
       <c r="C186" s="3">
         <v>19890</v>
       </c>
       <c r="D186" s="4">
         <v>-2</v>
       </c>
       <c r="E186" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="187" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A187" s="2" t="s">
         <v>375</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>376</v>
       </c>
       <c r="C187" s="3">
         <v>3890</v>
       </c>
       <c r="D187" s="4">
-        <v>1699</v>
+        <v>1661</v>
       </c>
       <c r="E187" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="188" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A188" s="2" t="s">
         <v>377</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C188" s="3">
         <v>17990</v>
       </c>
       <c r="D188" s="4">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="E188" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="189" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A189" s="2" t="s">
         <v>379</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C189" s="3">
         <v>1990</v>
       </c>
       <c r="D189" s="4">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="E189" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="190" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A190" s="2" t="s">
         <v>381</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>382</v>
       </c>
       <c r="C190" s="3">
         <v>2850</v>
       </c>
       <c r="D190" s="4">
         <v>1</v>
       </c>
       <c r="E190" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="191" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A191" s="2" t="s">
         <v>383</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>384</v>
       </c>
       <c r="C191" s="3">
         <v>3100</v>
       </c>
       <c r="D191" s="4">
-        <v>319</v>
+        <v>287</v>
       </c>
       <c r="E191" s="4">
         <v>39</v>
       </c>
     </row>
     <row r="192" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A192" s="2" t="s">
         <v>385</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>386</v>
       </c>
       <c r="C192" s="3">
         <v>67500</v>
       </c>
       <c r="D192" s="4">
         <v>13</v>
       </c>
       <c r="E192" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A193" s="2" t="s">
         <v>387</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C193" s="3">
         <v>6970</v>
       </c>
       <c r="D193" s="4">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="E193" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="194" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A194" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C194" s="3">
         <v>8990</v>
       </c>
       <c r="D194" s="4">
         <v>104</v>
       </c>
       <c r="E194" s="4">
         <v>40</v>
       </c>
     </row>
     <row r="195" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A195" s="2" t="s">
         <v>391</v>
@@ -7211,51 +7211,51 @@
       </c>
       <c r="B199" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C199" s="3">
         <v>29950</v>
       </c>
       <c r="D199" s="4">
         <v>17</v>
       </c>
       <c r="E199" s="4">
         <v>42</v>
       </c>
     </row>
     <row r="200" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A200" s="2" t="s">
         <v>401</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C200" s="3">
         <v>59990</v>
       </c>
       <c r="D200" s="4">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E200" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="201" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A201" s="2" t="s">
         <v>403</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C201" s="3">
         <v>14490</v>
       </c>
       <c r="D201" s="4">
         <v>0</v>
       </c>
       <c r="E201" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="202" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A202" s="2" t="s">
         <v>405</v>
@@ -7279,238 +7279,238 @@
       </c>
       <c r="B203" s="2" t="s">
         <v>408</v>
       </c>
       <c r="C203" s="3">
         <v>34900</v>
       </c>
       <c r="D203" s="4">
         <v>53</v>
       </c>
       <c r="E203" s="4">
         <v>43</v>
       </c>
     </row>
     <row r="204" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A204" s="2" t="s">
         <v>409</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C204" s="3">
         <v>75250</v>
       </c>
       <c r="D204" s="4">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="E204" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="205" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A205" s="2" t="s">
         <v>411</v>
       </c>
       <c r="B205" s="2" t="s">
         <v>412</v>
       </c>
       <c r="C205" s="3">
         <v>7950</v>
       </c>
       <c r="D205" s="4">
         <v>25</v>
       </c>
       <c r="E205" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="206" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A206" s="2" t="s">
         <v>413</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>414</v>
       </c>
       <c r="C206" s="3">
         <v>25450</v>
       </c>
       <c r="D206" s="4">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="E206" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="207" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A207" s="2" t="s">
         <v>415</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>416</v>
       </c>
       <c r="C207" s="3">
         <v>13950</v>
       </c>
       <c r="D207" s="4">
         <v>1</v>
       </c>
       <c r="E207" s="4">
         <v>44</v>
       </c>
     </row>
     <row r="208" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A208" s="2" t="s">
         <v>417</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C208" s="3">
         <v>799000</v>
       </c>
       <c r="D208" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E208" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="209" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A209" s="2" t="s">
         <v>419</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C209" s="3">
         <v>12900</v>
       </c>
       <c r="D209" s="4">
         <v>0</v>
       </c>
       <c r="E209" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="210" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A210" s="2" t="s">
         <v>421</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>422</v>
       </c>
       <c r="C210" s="3">
         <v>35290</v>
       </c>
       <c r="D210" s="4">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="E210" s="4">
         <v>45</v>
       </c>
     </row>
     <row r="211" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A211" s="2" t="s">
         <v>423</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C211" s="3">
         <v>59500</v>
       </c>
       <c r="D211" s="4">
         <v>12</v>
       </c>
       <c r="E211" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="212" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A212" s="2" t="s">
         <v>425</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>426</v>
       </c>
       <c r="C212" s="3">
         <v>15660</v>
       </c>
       <c r="D212" s="4">
         <v>-1</v>
       </c>
       <c r="E212" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="213" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A213" s="2" t="s">
         <v>427</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C213" s="3">
         <v>14950</v>
       </c>
       <c r="D213" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E213" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="214" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A214" s="2" t="s">
         <v>429</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C214" s="3">
         <v>29450</v>
       </c>
       <c r="D214" s="4">
         <v>0</v>
       </c>
       <c r="E214" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="215" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A215" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C215" s="3">
         <v>6850</v>
       </c>
       <c r="D215" s="4">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="E215" s="4">
         <v>46</v>
       </c>
     </row>
     <row r="216" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A216" s="2" t="s">
         <v>433</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C216" s="3">
         <v>3850</v>
       </c>
       <c r="D216" s="4">
         <v>43</v>
       </c>
       <c r="E216" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="217" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A217" s="2" t="s">
         <v>435</v>
@@ -7568,51 +7568,51 @@
       </c>
       <c r="B220" s="2" t="s">
         <v>442</v>
       </c>
       <c r="C220" s="3">
         <v>20950</v>
       </c>
       <c r="D220" s="4">
         <v>1</v>
       </c>
       <c r="E220" s="4">
         <v>47</v>
       </c>
     </row>
     <row r="221" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A221" s="2" t="s">
         <v>443</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>444</v>
       </c>
       <c r="C221" s="3">
         <v>23900</v>
       </c>
       <c r="D221" s="4">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E221" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="222" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A222" s="2" t="s">
         <v>445</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>446</v>
       </c>
       <c r="C222" s="3">
         <v>23900</v>
       </c>
       <c r="D222" s="4">
         <v>20</v>
       </c>
       <c r="E222" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223" s="2" t="s">
         <v>447</v>
@@ -7636,442 +7636,442 @@
       </c>
       <c r="B224" s="2" t="s">
         <v>450</v>
       </c>
       <c r="C224" s="3">
         <v>17800</v>
       </c>
       <c r="D224" s="4">
         <v>21</v>
       </c>
       <c r="E224" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="225" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A225" s="2" t="s">
         <v>451</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>452</v>
       </c>
       <c r="C225" s="3">
         <v>3850</v>
       </c>
       <c r="D225" s="4">
-        <v>153</v>
+        <v>140</v>
       </c>
       <c r="E225" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="226" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A226" s="2" t="s">
         <v>453</v>
       </c>
       <c r="B226" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C226" s="3">
         <v>0</v>
       </c>
       <c r="D226" s="4">
         <v>0</v>
       </c>
       <c r="E226" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="227" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A227" s="2" t="s">
         <v>455</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C227" s="3">
         <v>24200</v>
       </c>
       <c r="D227" s="4">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="E227" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="228" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A228" s="2" t="s">
         <v>457</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>458</v>
       </c>
       <c r="C228" s="3">
         <v>11850</v>
       </c>
       <c r="D228" s="4">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="E228" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="229" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A229" s="2" t="s">
         <v>459</v>
       </c>
       <c r="B229" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C229" s="3">
         <v>5450</v>
       </c>
       <c r="D229" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E229" s="4">
         <v>48</v>
       </c>
     </row>
     <row r="230" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A230" s="2" t="s">
         <v>461</v>
       </c>
       <c r="B230" s="2" t="s">
         <v>462</v>
       </c>
       <c r="C230" s="3">
         <v>6290</v>
       </c>
       <c r="D230" s="4">
         <v>31</v>
       </c>
       <c r="E230" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="231" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A231" s="2" t="s">
         <v>463</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>464</v>
       </c>
       <c r="C231" s="3">
         <v>9350</v>
       </c>
       <c r="D231" s="4">
-        <v>631</v>
+        <v>614</v>
       </c>
       <c r="E231" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="232" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A232" s="2" t="s">
         <v>465</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C232" s="3">
         <v>14850</v>
       </c>
       <c r="D232" s="4">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="E232" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="233" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A233" s="2" t="s">
         <v>467</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C233" s="3">
         <v>59990</v>
       </c>
       <c r="D233" s="4">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="E233" s="4">
         <v>49</v>
       </c>
     </row>
     <row r="234" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A234" s="2" t="s">
         <v>469</v>
       </c>
       <c r="B234" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C234" s="3">
         <v>69990</v>
       </c>
       <c r="D234" s="4">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E234" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="235" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A235" s="2" t="s">
         <v>471</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C235" s="3">
         <v>28500</v>
       </c>
       <c r="D235" s="4">
         <v>0</v>
       </c>
       <c r="E235" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="236" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A236" s="2" t="s">
         <v>473</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>474</v>
       </c>
       <c r="C236" s="3">
         <v>14890</v>
       </c>
       <c r="D236" s="4">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="E236" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="237" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A237" s="2" t="s">
         <v>475</v>
       </c>
       <c r="B237" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C237" s="3">
         <v>5650</v>
       </c>
       <c r="D237" s="4">
         <v>0</v>
       </c>
       <c r="E237" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="238" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A238" s="2" t="s">
         <v>477</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C238" s="3">
         <v>13980</v>
       </c>
       <c r="D238" s="4">
         <v>2</v>
       </c>
       <c r="E238" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="239" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A239" s="2" t="s">
         <v>479</v>
       </c>
       <c r="B239" s="2" t="s">
         <v>480</v>
       </c>
       <c r="C239" s="3">
         <v>23900</v>
       </c>
       <c r="D239" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E239" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="240" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A240" s="2" t="s">
         <v>481</v>
       </c>
       <c r="B240" s="2" t="s">
         <v>482</v>
       </c>
       <c r="C240" s="3">
         <v>24900</v>
       </c>
       <c r="D240" s="4">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E240" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="241" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A241" s="2" t="s">
         <v>483</v>
       </c>
       <c r="B241" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C241" s="3">
         <v>22900</v>
       </c>
       <c r="D241" s="4">
         <v>0</v>
       </c>
       <c r="E241" s="4">
         <v>50</v>
       </c>
     </row>
     <row r="242" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A242" s="2" t="s">
         <v>485</v>
       </c>
       <c r="B242" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C242" s="3">
         <v>14190</v>
       </c>
       <c r="D242" s="4">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E242" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="243" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A243" s="2" t="s">
         <v>487</v>
       </c>
       <c r="B243" s="2" t="s">
         <v>488</v>
       </c>
       <c r="C243" s="3">
         <v>15900</v>
       </c>
       <c r="D243" s="4">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E243" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="244" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A244" s="2" t="s">
         <v>489</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C244" s="3">
         <v>55900</v>
       </c>
       <c r="D244" s="4">
         <v>2</v>
       </c>
       <c r="E244" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="245" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A245" s="2" t="s">
         <v>491</v>
       </c>
       <c r="B245" s="2" t="s">
         <v>492</v>
       </c>
       <c r="C245" s="3">
         <v>18900</v>
       </c>
       <c r="D245" s="4">
-        <v>420</v>
+        <v>398</v>
       </c>
       <c r="E245" s="4">
         <v>51</v>
       </c>
     </row>
     <row r="246" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A246" s="2" t="s">
         <v>493</v>
       </c>
       <c r="B246" s="2" t="s">
         <v>494</v>
       </c>
       <c r="C246" s="3">
         <v>17990</v>
       </c>
       <c r="D246" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="E246" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="247" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A247" s="2" t="s">
         <v>495</v>
       </c>
       <c r="B247" s="2" t="s">
         <v>496</v>
       </c>
       <c r="C247" s="3">
         <v>21990</v>
       </c>
       <c r="D247" s="4">
         <v>1</v>
       </c>
       <c r="E247" s="4">
         <v>52</v>
       </c>
     </row>
     <row r="248" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A248" s="2" t="s">
         <v>497</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>498</v>
       </c>
       <c r="C248" s="3">
         <v>49980</v>
       </c>
       <c r="D248" s="4">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="E248" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="249" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A249" s="2" t="s">
         <v>499</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>500</v>
       </c>
       <c r="C249" s="3">
         <v>299900</v>
       </c>
       <c r="D249" s="4">
         <v>1</v>
       </c>
       <c r="E249" s="4">
         <v>53</v>
       </c>
     </row>
     <row r="250" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A250" s="2" t="s">
         <v>501</v>
@@ -8163,68 +8163,68 @@
       </c>
       <c r="B255" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C255" s="3">
         <v>16450</v>
       </c>
       <c r="D255" s="4">
         <v>11</v>
       </c>
       <c r="E255" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="256" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A256" s="2" t="s">
         <v>513</v>
       </c>
       <c r="B256" s="2" t="s">
         <v>514</v>
       </c>
       <c r="C256" s="3">
         <v>16450</v>
       </c>
       <c r="D256" s="4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E256" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="257" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A257" s="2" t="s">
         <v>515</v>
       </c>
       <c r="B257" s="2" t="s">
         <v>516</v>
       </c>
       <c r="C257" s="3">
         <v>16450</v>
       </c>
       <c r="D257" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E257" s="4">
         <v>54</v>
       </c>
     </row>
     <row r="258" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A258" s="2" t="s">
         <v>517</v>
       </c>
       <c r="B258" s="2" t="s">
         <v>518</v>
       </c>
       <c r="C258" s="3">
         <v>12950</v>
       </c>
       <c r="D258" s="4">
         <v>-1</v>
       </c>
       <c r="E258" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="259" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A259" s="2" t="s">
         <v>519</v>
@@ -8282,221 +8282,221 @@
       </c>
       <c r="B262" s="2" t="s">
         <v>526</v>
       </c>
       <c r="C262" s="3">
         <v>12950</v>
       </c>
       <c r="D262" s="4">
         <v>0</v>
       </c>
       <c r="E262" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="2" t="s">
         <v>527</v>
       </c>
       <c r="B263" s="2" t="s">
         <v>528</v>
       </c>
       <c r="C263" s="3">
         <v>8990</v>
       </c>
       <c r="D263" s="4">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E263" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="2" t="s">
         <v>529</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>530</v>
       </c>
       <c r="C264" s="3">
         <v>12800</v>
       </c>
       <c r="D264" s="4">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E264" s="4">
         <v>55</v>
       </c>
     </row>
     <row r="265" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A265" s="2" t="s">
         <v>531</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>532</v>
       </c>
       <c r="C265" s="3">
         <v>36650</v>
       </c>
       <c r="D265" s="4">
-        <v>3</v>
+        <v>162</v>
       </c>
       <c r="E265" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="266" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A266" s="2" t="s">
         <v>533</v>
       </c>
       <c r="B266" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C266" s="3">
         <v>34490</v>
       </c>
       <c r="D266" s="4">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="E266" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="267" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A267" s="2" t="s">
         <v>535</v>
       </c>
       <c r="B267" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C267" s="3">
         <v>44500</v>
       </c>
       <c r="D267" s="4">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="E267" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="268" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A268" s="2" t="s">
         <v>537</v>
       </c>
       <c r="B268" s="2" t="s">
         <v>538</v>
       </c>
       <c r="C268" s="3">
         <v>39650</v>
       </c>
       <c r="D268" s="4">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="E268" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="269" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A269" s="2" t="s">
         <v>539</v>
       </c>
       <c r="B269" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C269" s="3">
         <v>49990</v>
       </c>
       <c r="D269" s="4">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="E269" s="4">
         <v>56</v>
       </c>
     </row>
     <row r="270" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A270" s="2" t="s">
         <v>541</v>
       </c>
       <c r="B270" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C270" s="3">
         <v>900</v>
       </c>
       <c r="D270" s="4">
         <v>2530</v>
       </c>
       <c r="E270" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="271" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A271" s="2" t="s">
         <v>543</v>
       </c>
       <c r="B271" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C271" s="3">
         <v>9490</v>
       </c>
       <c r="D271" s="4">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="E271" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="272" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A272" s="2" t="s">
         <v>545</v>
       </c>
       <c r="B272" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C272" s="3">
         <v>34900</v>
       </c>
       <c r="D272" s="4">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="E272" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="273" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A273" s="2" t="s">
         <v>547</v>
       </c>
       <c r="B273" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C273" s="3">
         <v>13950</v>
       </c>
       <c r="D273" s="4">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="E273" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="274" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A274" s="2" t="s">
         <v>549</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C274" s="3">
         <v>3100</v>
       </c>
       <c r="D274" s="4">
         <v>3</v>
       </c>
       <c r="E274" s="4">
         <v>57</v>
       </c>
     </row>
     <row r="275" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A275" s="2" t="s">
         <v>551</v>
@@ -8520,68 +8520,68 @@
       </c>
       <c r="B276" s="2" t="s">
         <v>554</v>
       </c>
       <c r="C276" s="3">
         <v>7980</v>
       </c>
       <c r="D276" s="4">
         <v>104</v>
       </c>
       <c r="E276" s="4">
         <v>58</v>
       </c>
     </row>
     <row r="277" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A277" s="2" t="s">
         <v>555</v>
       </c>
       <c r="B277" s="2" t="s">
         <v>556</v>
       </c>
       <c r="C277" s="3">
         <v>36900</v>
       </c>
       <c r="D277" s="4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E277" s="4">
         <v>58</v>
       </c>
     </row>
     <row r="278" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A278" s="2" t="s">
         <v>557</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>558</v>
       </c>
       <c r="C278" s="3">
         <v>24980</v>
       </c>
       <c r="D278" s="4">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E278" s="4">
         <v>58</v>
       </c>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279" s="2" t="s">
         <v>559</v>
       </c>
       <c r="B279" s="2" t="s">
         <v>560</v>
       </c>
       <c r="C279" s="3">
         <v>25690</v>
       </c>
       <c r="D279" s="4">
         <v>0</v>
       </c>
       <c r="E279" s="4">
         <v>59</v>
       </c>
     </row>
     <row r="280" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A280" s="2" t="s">
         <v>561</v>
@@ -8656,102 +8656,102 @@
       </c>
       <c r="B284" s="2" t="s">
         <v>570</v>
       </c>
       <c r="C284" s="3">
         <v>39580</v>
       </c>
       <c r="D284" s="4">
         <v>0</v>
       </c>
       <c r="E284" s="4">
         <v>60</v>
       </c>
     </row>
     <row r="285" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A285" s="2" t="s">
         <v>571</v>
       </c>
       <c r="B285" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C285" s="3">
         <v>8950</v>
       </c>
       <c r="D285" s="4">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="E285" s="4">
         <v>60</v>
       </c>
     </row>
     <row r="286" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A286" s="2" t="s">
         <v>573</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>574</v>
       </c>
       <c r="C286" s="3">
         <v>22500</v>
       </c>
       <c r="D286" s="4">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E286" s="4">
         <v>60</v>
       </c>
     </row>
     <row r="287" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A287" s="2" t="s">
         <v>575</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>576</v>
       </c>
       <c r="C287" s="3">
         <v>19900</v>
       </c>
       <c r="D287" s="4">
         <v>35</v>
       </c>
       <c r="E287" s="4">
         <v>60</v>
       </c>
     </row>
     <row r="288" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A288" s="2" t="s">
         <v>577</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>578</v>
       </c>
       <c r="C288" s="3">
         <v>9850</v>
       </c>
       <c r="D288" s="4">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E288" s="4">
         <v>61</v>
       </c>
     </row>
     <row r="289" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A289" s="2" t="s">
         <v>579</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C289" s="3">
         <v>29900</v>
       </c>
       <c r="D289" s="4">
         <v>35</v>
       </c>
       <c r="E289" s="4">
         <v>61</v>
       </c>
     </row>
     <row r="290" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A290" s="2" t="s">
         <v>581</v>
@@ -8775,935 +8775,935 @@
       </c>
       <c r="B291" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C291" s="3">
         <v>49500</v>
       </c>
       <c r="D291" s="4">
         <v>1</v>
       </c>
       <c r="E291" s="4">
         <v>61</v>
       </c>
     </row>
     <row r="292" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A292" s="2" t="s">
         <v>585</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>586</v>
       </c>
       <c r="C292" s="3">
         <v>10990</v>
       </c>
       <c r="D292" s="4">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="E292" s="4">
         <v>62</v>
       </c>
     </row>
     <row r="293" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A293" s="2" t="s">
         <v>587</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>588</v>
       </c>
       <c r="C293" s="3">
         <v>19990</v>
       </c>
       <c r="D293" s="4">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E293" s="4">
         <v>62</v>
       </c>
     </row>
     <row r="294" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A294" s="2" t="s">
         <v>589</v>
       </c>
       <c r="B294" s="2" t="s">
         <v>590</v>
       </c>
       <c r="C294" s="3">
         <v>5990</v>
       </c>
       <c r="D294" s="4">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E294" s="4">
         <v>62</v>
       </c>
     </row>
     <row r="295" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A295" s="2" t="s">
         <v>591</v>
       </c>
       <c r="B295" s="2" t="s">
         <v>592</v>
       </c>
       <c r="C295" s="3">
         <v>19990</v>
       </c>
       <c r="D295" s="4">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E295" s="4">
         <v>62</v>
       </c>
     </row>
     <row r="296" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A296" s="2" t="s">
         <v>593</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C296" s="3">
         <v>19990</v>
       </c>
       <c r="D296" s="4">
         <v>80</v>
       </c>
       <c r="E296" s="4">
         <v>62</v>
       </c>
     </row>
     <row r="297" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A297" s="2" t="s">
         <v>595</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C297" s="3">
         <v>16890</v>
       </c>
       <c r="D297" s="4">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="E297" s="4">
         <v>63</v>
       </c>
     </row>
     <row r="298" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A298" s="2" t="s">
         <v>597</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>598</v>
       </c>
       <c r="C298" s="3">
         <v>49990</v>
       </c>
       <c r="D298" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E298" s="4">
         <v>63</v>
       </c>
     </row>
     <row r="299" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A299" s="2" t="s">
         <v>599</v>
       </c>
       <c r="B299" s="2" t="s">
         <v>600</v>
       </c>
       <c r="C299" s="3">
         <v>49990</v>
       </c>
       <c r="D299" s="4">
         <v>37</v>
       </c>
       <c r="E299" s="4">
         <v>63</v>
       </c>
     </row>
     <row r="300" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A300" s="2" t="s">
         <v>601</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>602</v>
       </c>
       <c r="C300" s="3">
         <v>19990</v>
       </c>
       <c r="D300" s="4">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="E300" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="301" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A301" s="2" t="s">
         <v>603</v>
       </c>
       <c r="B301" s="2" t="s">
         <v>604</v>
       </c>
       <c r="C301" s="3">
         <v>5990</v>
       </c>
       <c r="D301" s="4">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E301" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="302" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A302" s="2" t="s">
         <v>605</v>
       </c>
       <c r="B302" s="2" t="s">
         <v>606</v>
       </c>
       <c r="C302" s="3">
         <v>14990</v>
       </c>
       <c r="D302" s="4">
         <v>85</v>
       </c>
       <c r="E302" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="303" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A303" s="2" t="s">
         <v>607</v>
       </c>
       <c r="B303" s="2" t="s">
         <v>608</v>
       </c>
       <c r="C303" s="3">
         <v>16890</v>
       </c>
       <c r="D303" s="4">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="E303" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="304" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A304" s="2" t="s">
         <v>609</v>
       </c>
       <c r="B304" s="2" t="s">
         <v>610</v>
       </c>
       <c r="C304" s="3">
         <v>19990</v>
       </c>
       <c r="D304" s="4">
         <v>0</v>
       </c>
       <c r="E304" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="305" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A305" s="2" t="s">
         <v>611</v>
       </c>
       <c r="B305" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C305" s="3">
         <v>5990</v>
       </c>
       <c r="D305" s="4">
         <v>0</v>
       </c>
       <c r="E305" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="306" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A306" s="2" t="s">
         <v>613</v>
       </c>
       <c r="B306" s="2" t="s">
         <v>614</v>
       </c>
       <c r="C306" s="3">
         <v>5990</v>
       </c>
       <c r="D306" s="4">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E306" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="307" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A307" s="2" t="s">
         <v>615</v>
       </c>
       <c r="B307" s="2" t="s">
         <v>616</v>
       </c>
       <c r="C307" s="3">
         <v>5990</v>
       </c>
       <c r="D307" s="4">
         <v>80</v>
       </c>
       <c r="E307" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="308" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A308" s="2" t="s">
         <v>617</v>
       </c>
       <c r="B308" s="2" t="s">
         <v>618</v>
       </c>
       <c r="C308" s="3">
         <v>5990</v>
       </c>
       <c r="D308" s="4">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E308" s="4">
         <v>64</v>
       </c>
     </row>
     <row r="309" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A309" s="2" t="s">
         <v>619</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C309" s="3">
         <v>19990</v>
       </c>
       <c r="D309" s="4">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="E309" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="310" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A310" s="2" t="s">
         <v>621</v>
       </c>
       <c r="B310" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C310" s="3">
         <v>5990</v>
       </c>
       <c r="D310" s="4">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E310" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="311" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A311" s="2" t="s">
         <v>623</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>624</v>
       </c>
       <c r="C311" s="3">
         <v>16890</v>
       </c>
       <c r="D311" s="4">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E311" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="312" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A312" s="2" t="s">
         <v>625</v>
       </c>
       <c r="B312" s="2" t="s">
         <v>626</v>
       </c>
       <c r="C312" s="3">
         <v>19990</v>
       </c>
       <c r="D312" s="4">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="E312" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="313" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A313" s="2" t="s">
         <v>627</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>628</v>
       </c>
       <c r="C313" s="3">
         <v>5990</v>
       </c>
       <c r="D313" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E313" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="314" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A314" s="2" t="s">
         <v>629</v>
       </c>
       <c r="B314" s="2" t="s">
         <v>630</v>
       </c>
       <c r="C314" s="3">
         <v>5990</v>
       </c>
       <c r="D314" s="4">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E314" s="4">
         <v>65</v>
       </c>
     </row>
     <row r="315" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A315" s="2" t="s">
         <v>631</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>632</v>
       </c>
       <c r="C315" s="3">
         <v>5950</v>
       </c>
       <c r="D315" s="4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E315" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="316" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A316" s="2" t="s">
         <v>633</v>
       </c>
       <c r="B316" s="2" t="s">
         <v>634</v>
       </c>
       <c r="C316" s="3">
         <v>5950</v>
       </c>
       <c r="D316" s="4">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="E316" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="317" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A317" s="2" t="s">
         <v>635</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>636</v>
       </c>
       <c r="C317" s="3">
         <v>14500</v>
       </c>
       <c r="D317" s="4">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E317" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="318" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A318" s="2" t="s">
         <v>637</v>
       </c>
       <c r="B318" s="2" t="s">
         <v>638</v>
       </c>
       <c r="C318" s="3">
         <v>8650</v>
       </c>
       <c r="D318" s="4">
-        <v>103</v>
+        <v>3</v>
       </c>
       <c r="E318" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="319" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A319" s="2" t="s">
         <v>639</v>
       </c>
       <c r="B319" s="2" t="s">
         <v>640</v>
       </c>
       <c r="C319" s="3">
         <v>5950</v>
       </c>
       <c r="D319" s="4">
-        <v>308</v>
+        <v>240</v>
       </c>
       <c r="E319" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="320" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A320" s="2" t="s">
         <v>641</v>
       </c>
       <c r="B320" s="2" t="s">
         <v>642</v>
       </c>
       <c r="C320" s="3">
         <v>14690</v>
       </c>
       <c r="D320" s="4">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E320" s="4">
         <v>66</v>
       </c>
     </row>
     <row r="321" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A321" s="2" t="s">
         <v>643</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>644</v>
       </c>
       <c r="C321" s="3">
         <v>35880</v>
       </c>
       <c r="D321" s="4">
         <v>16</v>
       </c>
       <c r="E321" s="4">
         <v>67</v>
       </c>
     </row>
     <row r="322" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A322" s="2" t="s">
         <v>645</v>
       </c>
       <c r="B322" s="2" t="s">
         <v>646</v>
       </c>
       <c r="C322" s="3">
         <v>690</v>
       </c>
       <c r="D322" s="4">
         <v>372</v>
       </c>
       <c r="E322" s="4">
         <v>67</v>
       </c>
     </row>
     <row r="323" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A323" s="2" t="s">
         <v>647</v>
       </c>
       <c r="B323" s="2" t="s">
         <v>648</v>
       </c>
       <c r="C323" s="3">
         <v>3950</v>
       </c>
       <c r="D323" s="4">
-        <v>420</v>
+        <v>236</v>
       </c>
       <c r="E323" s="4">
         <v>67</v>
       </c>
     </row>
     <row r="324" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A324" s="2" t="s">
         <v>649</v>
       </c>
       <c r="B324" s="2" t="s">
         <v>650</v>
       </c>
       <c r="C324" s="3">
         <v>3950</v>
       </c>
       <c r="D324" s="4">
-        <v>446</v>
+        <v>243</v>
       </c>
       <c r="E324" s="4">
         <v>67</v>
       </c>
     </row>
     <row r="325" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A325" s="2" t="s">
         <v>651</v>
       </c>
       <c r="B325" s="2" t="s">
         <v>652</v>
       </c>
       <c r="C325" s="3">
         <v>59900</v>
       </c>
       <c r="D325" s="4">
         <v>28</v>
       </c>
       <c r="E325" s="4">
         <v>67</v>
       </c>
     </row>
     <row r="326" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A326" s="2" t="s">
         <v>653</v>
       </c>
       <c r="B326" s="2" t="s">
         <v>654</v>
       </c>
       <c r="C326" s="3">
         <v>119850</v>
       </c>
       <c r="D326" s="4">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="E326" s="4">
         <v>68</v>
       </c>
     </row>
     <row r="327" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A327" s="2" t="s">
         <v>655</v>
       </c>
       <c r="B327" s="2" t="s">
         <v>656</v>
       </c>
       <c r="C327" s="3">
         <v>9850</v>
       </c>
       <c r="D327" s="4">
         <v>297</v>
       </c>
       <c r="E327" s="4">
         <v>68</v>
       </c>
     </row>
     <row r="328" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A328" s="2" t="s">
         <v>657</v>
       </c>
       <c r="B328" s="2" t="s">
         <v>658</v>
       </c>
       <c r="C328" s="3">
         <v>24990</v>
       </c>
       <c r="D328" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E328" s="4">
         <v>68</v>
       </c>
     </row>
     <row r="329" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A329" s="2" t="s">
         <v>659</v>
       </c>
       <c r="B329" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C329" s="3">
         <v>24990</v>
       </c>
       <c r="D329" s="4">
         <v>-6</v>
       </c>
       <c r="E329" s="4">
         <v>68</v>
       </c>
     </row>
     <row r="330" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A330" s="2" t="s">
         <v>661</v>
       </c>
       <c r="B330" s="2" t="s">
         <v>662</v>
       </c>
       <c r="C330" s="3">
         <v>24990</v>
       </c>
       <c r="D330" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E330" s="4">
         <v>68</v>
       </c>
     </row>
     <row r="331" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A331" s="2" t="s">
         <v>663</v>
       </c>
       <c r="B331" s="2" t="s">
         <v>664</v>
       </c>
       <c r="C331" s="3">
         <v>19950</v>
       </c>
       <c r="D331" s="4">
         <v>3</v>
       </c>
       <c r="E331" s="4">
         <v>69</v>
       </c>
     </row>
     <row r="332" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A332" s="2" t="s">
         <v>665</v>
       </c>
       <c r="B332" s="2" t="s">
         <v>666</v>
       </c>
       <c r="C332" s="3">
         <v>47980</v>
       </c>
       <c r="D332" s="4">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E332" s="4">
         <v>69</v>
       </c>
     </row>
     <row r="333" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A333" s="2" t="s">
         <v>667</v>
       </c>
       <c r="B333" s="2" t="s">
         <v>668</v>
       </c>
       <c r="C333" s="3">
         <v>0</v>
       </c>
       <c r="D333" s="4">
         <v>42</v>
       </c>
       <c r="E333" s="4">
         <v>69</v>
       </c>
     </row>
     <row r="334" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A334" s="2" t="s">
         <v>669</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>670</v>
       </c>
       <c r="C334" s="3">
         <v>14900</v>
       </c>
       <c r="D334" s="4">
         <v>1</v>
       </c>
       <c r="E334" s="4">
         <v>70</v>
       </c>
     </row>
     <row r="335" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A335" s="2" t="s">
         <v>671</v>
       </c>
       <c r="B335" s="2" t="s">
         <v>672</v>
       </c>
       <c r="C335" s="3">
         <v>8500</v>
       </c>
       <c r="D335" s="4">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E335" s="4">
         <v>70</v>
       </c>
     </row>
     <row r="336" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A336" s="2" t="s">
         <v>673</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>674</v>
       </c>
       <c r="C336" s="3">
         <v>16500</v>
       </c>
       <c r="D336" s="4">
         <v>0</v>
       </c>
       <c r="E336" s="4">
         <v>70</v>
       </c>
     </row>
     <row r="337" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A337" s="2" t="s">
         <v>675</v>
       </c>
       <c r="B337" s="2" t="s">
         <v>676</v>
       </c>
       <c r="C337" s="3">
         <v>19950</v>
       </c>
       <c r="D337" s="4">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E337" s="4">
         <v>70</v>
       </c>
     </row>
     <row r="338" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A338" s="2" t="s">
         <v>677</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>678</v>
       </c>
       <c r="C338" s="3">
         <v>33900</v>
       </c>
       <c r="D338" s="4">
         <v>77</v>
       </c>
       <c r="E338" s="4">
         <v>71</v>
       </c>
     </row>
     <row r="339" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A339" s="2" t="s">
         <v>679</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>680</v>
       </c>
       <c r="C339" s="3">
         <v>7990</v>
       </c>
       <c r="D339" s="4">
         <v>94</v>
       </c>
       <c r="E339" s="4">
         <v>71</v>
       </c>
     </row>
     <row r="340" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A340" s="2" t="s">
         <v>681</v>
       </c>
       <c r="B340" s="2" t="s">
         <v>682</v>
       </c>
       <c r="C340" s="3">
         <v>38500</v>
       </c>
       <c r="D340" s="4">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E340" s="4">
         <v>71</v>
       </c>
     </row>
     <row r="341" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A341" s="2" t="s">
         <v>683</v>
       </c>
       <c r="B341" s="2" t="s">
         <v>684</v>
       </c>
       <c r="C341" s="3">
         <v>23900</v>
       </c>
       <c r="D341" s="4">
         <v>102</v>
       </c>
       <c r="E341" s="4">
         <v>72</v>
       </c>
     </row>
     <row r="342" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A342" s="2" t="s">
         <v>685</v>
       </c>
       <c r="B342" s="2" t="s">
         <v>686</v>
       </c>
       <c r="C342" s="3">
         <v>12900</v>
       </c>
       <c r="D342" s="4">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E342" s="4">
         <v>72</v>
       </c>
     </row>
     <row r="343" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A343" s="2" t="s">
         <v>687</v>
       </c>
       <c r="B343" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C343" s="3">
         <v>24900</v>
       </c>
       <c r="D343" s="4">
         <v>17</v>
       </c>
       <c r="E343" s="4">
         <v>72</v>
       </c>
     </row>
     <row r="344" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A344" s="2" t="s">
         <v>223</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C344" s="3">
         <v>6900</v>
       </c>
       <c r="D344" s="4">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="E344" s="4">
         <v>72</v>
       </c>
     </row>
     <row r="345" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A345" s="2" t="s">
         <v>689</v>
       </c>
       <c r="B345" s="2" t="s">
         <v>690</v>
       </c>
       <c r="C345" s="3">
         <v>8250</v>
       </c>
       <c r="D345" s="4">
         <v>138</v>
       </c>
       <c r="E345" s="4">
         <v>72</v>
       </c>
     </row>
     <row r="346" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A346" s="2" t="s">
         <v>691</v>
@@ -9778,238 +9778,238 @@
       </c>
       <c r="B350" s="2" t="s">
         <v>700</v>
       </c>
       <c r="C350" s="3">
         <v>43450</v>
       </c>
       <c r="D350" s="4">
         <v>23</v>
       </c>
       <c r="E350" s="4">
         <v>74</v>
       </c>
     </row>
     <row r="351" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A351" s="2" t="s">
         <v>701</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>702</v>
       </c>
       <c r="C351" s="3">
         <v>5300</v>
       </c>
       <c r="D351" s="4">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E351" s="4">
         <v>74</v>
       </c>
     </row>
     <row r="352" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A352" s="2" t="s">
         <v>703</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>704</v>
       </c>
       <c r="C352" s="3">
         <v>4100</v>
       </c>
       <c r="D352" s="4">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="E352" s="4">
         <v>74</v>
       </c>
     </row>
     <row r="353" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A353" s="2" t="s">
         <v>705</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>706</v>
       </c>
       <c r="C353" s="3">
         <v>29500</v>
       </c>
       <c r="D353" s="4">
         <v>0</v>
       </c>
       <c r="E353" s="4">
         <v>74</v>
       </c>
     </row>
     <row r="354" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A354" s="2" t="s">
         <v>707</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>708</v>
       </c>
       <c r="C354" s="3">
         <v>27500</v>
       </c>
       <c r="D354" s="4">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E354" s="4">
         <v>74</v>
       </c>
     </row>
     <row r="355" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A355" s="2" t="s">
         <v>709</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C355" s="3">
         <v>29950</v>
       </c>
       <c r="D355" s="4">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E355" s="4">
         <v>75</v>
       </c>
     </row>
     <row r="356" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A356" s="2" t="s">
         <v>711</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C356" s="3">
         <v>78450</v>
       </c>
       <c r="D356" s="4">
         <v>44</v>
       </c>
       <c r="E356" s="4">
         <v>75</v>
       </c>
     </row>
     <row r="357" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A357" s="2" t="s">
         <v>713</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C357" s="3">
         <v>64900</v>
       </c>
       <c r="D357" s="4">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E357" s="4">
         <v>75</v>
       </c>
     </row>
     <row r="358" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A358" s="2" t="s">
         <v>715</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C358" s="3">
         <v>169500</v>
       </c>
       <c r="D358" s="4">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E358" s="4">
         <v>75</v>
       </c>
     </row>
     <row r="359" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A359" s="2" t="s">
         <v>717</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C359" s="3">
         <v>199500</v>
       </c>
       <c r="D359" s="4">
         <v>10</v>
       </c>
       <c r="E359" s="4">
         <v>75</v>
       </c>
     </row>
     <row r="360" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A360" s="2" t="s">
         <v>719</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>720</v>
       </c>
       <c r="C360" s="3">
         <v>89550</v>
       </c>
       <c r="D360" s="4">
         <v>70</v>
       </c>
       <c r="E360" s="4">
         <v>76</v>
       </c>
     </row>
     <row r="361" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A361" s="2" t="s">
         <v>721</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>722</v>
       </c>
       <c r="C361" s="3">
         <v>69980</v>
       </c>
       <c r="D361" s="4">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="E361" s="4">
         <v>76</v>
       </c>
     </row>
     <row r="362" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A362" s="2" t="s">
         <v>723</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C362" s="3">
         <v>24900</v>
       </c>
       <c r="D362" s="4">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="E362" s="4">
         <v>76</v>
       </c>
     </row>
     <row r="363" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A363" s="2" t="s">
         <v>725</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>726</v>
       </c>
       <c r="C363" s="3">
         <v>15990</v>
       </c>
       <c r="D363" s="4">
         <v>26</v>
       </c>
       <c r="E363" s="4">
         <v>77</v>
       </c>
     </row>
     <row r="364" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A364" s="2" t="s">
         <v>727</v>
@@ -10118,102 +10118,102 @@
       </c>
       <c r="B370" s="2" t="s">
         <v>740</v>
       </c>
       <c r="C370" s="3">
         <v>34490</v>
       </c>
       <c r="D370" s="4">
         <v>0</v>
       </c>
       <c r="E370" s="4">
         <v>78</v>
       </c>
     </row>
     <row r="371" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A371" s="2" t="s">
         <v>741</v>
       </c>
       <c r="B371" s="2" t="s">
         <v>742</v>
       </c>
       <c r="C371" s="3">
         <v>42490</v>
       </c>
       <c r="D371" s="4">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E371" s="4">
         <v>78</v>
       </c>
     </row>
     <row r="372" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A372" s="2" t="s">
         <v>743</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C372" s="3">
         <v>54900</v>
       </c>
       <c r="D372" s="4">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="E372" s="4">
         <v>78</v>
       </c>
     </row>
     <row r="373" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A373" s="2" t="s">
         <v>745</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>746</v>
       </c>
       <c r="C373" s="3">
         <v>45980</v>
       </c>
       <c r="D373" s="4">
         <v>7</v>
       </c>
       <c r="E373" s="4">
         <v>79</v>
       </c>
     </row>
     <row r="374" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A374" s="2" t="s">
         <v>747</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>748</v>
       </c>
       <c r="C374" s="3">
         <v>76500</v>
       </c>
       <c r="D374" s="4">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E374" s="4">
         <v>79</v>
       </c>
     </row>
     <row r="375" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A375" s="2" t="s">
         <v>749</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>750</v>
       </c>
       <c r="C375" s="3">
         <v>37900</v>
       </c>
       <c r="D375" s="4">
         <v>14</v>
       </c>
       <c r="E375" s="4">
         <v>80</v>
       </c>
     </row>
     <row r="376" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A376" s="2" t="s">
         <v>751</v>
@@ -10611,289 +10611,289 @@
       </c>
       <c r="B399" s="2" t="s">
         <v>798</v>
       </c>
       <c r="C399" s="3">
         <v>39900</v>
       </c>
       <c r="D399" s="4">
         <v>43</v>
       </c>
       <c r="E399" s="4">
         <v>84</v>
       </c>
     </row>
     <row r="400" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A400" s="2" t="s">
         <v>799</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>800</v>
       </c>
       <c r="C400" s="3">
         <v>14750</v>
       </c>
       <c r="D400" s="4">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E400" s="4">
         <v>85</v>
       </c>
     </row>
     <row r="401" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A401" s="2" t="s">
         <v>801</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>802</v>
       </c>
       <c r="C401" s="3">
         <v>14750</v>
       </c>
       <c r="D401" s="4">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="E401" s="4">
         <v>85</v>
       </c>
     </row>
     <row r="402" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A402" s="2" t="s">
         <v>803</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>804</v>
       </c>
       <c r="C402" s="3">
         <v>14750</v>
       </c>
       <c r="D402" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E402" s="4">
         <v>85</v>
       </c>
     </row>
     <row r="403" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A403" s="2" t="s">
         <v>805</v>
       </c>
       <c r="B403" s="2" t="s">
         <v>806</v>
       </c>
       <c r="C403" s="3">
         <v>43750</v>
       </c>
       <c r="D403" s="4">
-        <v>2749</v>
+        <v>2577</v>
       </c>
       <c r="E403" s="4">
         <v>86</v>
       </c>
     </row>
     <row r="404" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A404" s="2" t="s">
         <v>807</v>
       </c>
       <c r="B404" s="2" t="s">
         <v>808</v>
       </c>
       <c r="C404" s="3">
         <v>49950</v>
       </c>
       <c r="D404" s="4">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="E404" s="4">
         <v>86</v>
       </c>
     </row>
     <row r="405" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A405" s="2" t="s">
         <v>809</v>
       </c>
       <c r="B405" s="2" t="s">
         <v>810</v>
       </c>
       <c r="C405" s="3">
         <v>43750</v>
       </c>
       <c r="D405" s="4">
-        <v>302</v>
+        <v>190</v>
       </c>
       <c r="E405" s="4">
         <v>86</v>
       </c>
     </row>
     <row r="406" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A406" s="2" t="s">
         <v>811</v>
       </c>
       <c r="B406" s="2" t="s">
         <v>812</v>
       </c>
       <c r="C406" s="3">
         <v>72850</v>
       </c>
       <c r="D406" s="4">
-        <v>-11</v>
+        <v>-12</v>
       </c>
       <c r="E406" s="4">
         <v>86</v>
       </c>
     </row>
     <row r="407" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A407" s="2" t="s">
         <v>813</v>
       </c>
       <c r="B407" s="2" t="s">
         <v>814</v>
       </c>
       <c r="C407" s="3">
         <v>4500</v>
       </c>
       <c r="D407" s="4">
         <v>0</v>
       </c>
       <c r="E407" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="408" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A408" s="2" t="s">
         <v>815</v>
       </c>
       <c r="B408" s="2" t="s">
         <v>816</v>
       </c>
       <c r="C408" s="3">
         <v>4390</v>
       </c>
       <c r="D408" s="4">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E408" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="409" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A409" s="2" t="s">
         <v>817</v>
       </c>
       <c r="B409" s="2" t="s">
         <v>818</v>
       </c>
       <c r="C409" s="3">
         <v>5950</v>
       </c>
       <c r="D409" s="4">
         <v>204</v>
       </c>
       <c r="E409" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="410" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A410" s="2" t="s">
         <v>819</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>820</v>
       </c>
       <c r="C410" s="3">
         <v>5290</v>
       </c>
       <c r="D410" s="4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E410" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="411" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A411" s="2" t="s">
         <v>821</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>822</v>
       </c>
       <c r="C411" s="3">
         <v>9850</v>
       </c>
       <c r="D411" s="4">
         <v>2</v>
       </c>
       <c r="E411" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="412" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A412" s="2" t="s">
         <v>823</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>824</v>
       </c>
       <c r="C412" s="3">
         <v>9450</v>
       </c>
       <c r="D412" s="4">
         <v>0</v>
       </c>
       <c r="E412" s="4">
         <v>87</v>
       </c>
     </row>
     <row r="413" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A413" s="2" t="s">
         <v>825</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>826</v>
       </c>
       <c r="C413" s="3">
         <v>3980</v>
       </c>
       <c r="D413" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E413" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="414" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A414" s="2" t="s">
         <v>827</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>828</v>
       </c>
       <c r="C414" s="3">
         <v>8980</v>
       </c>
       <c r="D414" s="4">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="E414" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="415" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A415" s="2" t="s">
         <v>829</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>830</v>
       </c>
       <c r="C415" s="3">
         <v>4960</v>
       </c>
       <c r="D415" s="4">
         <v>153</v>
       </c>
       <c r="E415" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="416" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A416" s="2" t="s">
         <v>831</v>
@@ -10917,51 +10917,51 @@
       </c>
       <c r="B417" s="2" t="s">
         <v>834</v>
       </c>
       <c r="C417" s="3">
         <v>7990</v>
       </c>
       <c r="D417" s="4">
         <v>47</v>
       </c>
       <c r="E417" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="418" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A418" s="2" t="s">
         <v>835</v>
       </c>
       <c r="B418" s="2" t="s">
         <v>836</v>
       </c>
       <c r="C418" s="3">
         <v>8300</v>
       </c>
       <c r="D418" s="4">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="E418" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="419" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A419" s="2" t="s">
         <v>837</v>
       </c>
       <c r="B419" s="2" t="s">
         <v>838</v>
       </c>
       <c r="C419" s="3">
         <v>3995</v>
       </c>
       <c r="D419" s="4">
         <v>84</v>
       </c>
       <c r="E419" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="420" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A420" s="2" t="s">
         <v>839</v>
@@ -10985,187 +10985,187 @@
       </c>
       <c r="B421" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C421" s="3">
         <v>23900</v>
       </c>
       <c r="D421" s="4">
         <v>-20</v>
       </c>
       <c r="E421" s="4">
         <v>88</v>
       </c>
     </row>
     <row r="422" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A422" s="2" t="s">
         <v>843</v>
       </c>
       <c r="B422" s="2" t="s">
         <v>844</v>
       </c>
       <c r="C422" s="3">
         <v>5600</v>
       </c>
       <c r="D422" s="4">
-        <v>273</v>
+        <v>168</v>
       </c>
       <c r="E422" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="423" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A423" s="2" t="s">
         <v>845</v>
       </c>
       <c r="B423" s="2" t="s">
         <v>846</v>
       </c>
       <c r="C423" s="3">
         <v>13500</v>
       </c>
       <c r="D423" s="4">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="E423" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="424" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A424" s="2" t="s">
         <v>847</v>
       </c>
       <c r="B424" s="2" t="s">
         <v>848</v>
       </c>
       <c r="C424" s="3">
         <v>590</v>
       </c>
       <c r="D424" s="4">
-        <v>38987</v>
+        <v>14237</v>
       </c>
       <c r="E424" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="425" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A425" s="2" t="s">
         <v>849</v>
       </c>
       <c r="B425" s="2" t="s">
         <v>850</v>
       </c>
       <c r="C425" s="3">
         <v>2450</v>
       </c>
       <c r="D425" s="4">
         <v>716</v>
       </c>
       <c r="E425" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="426" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A426" s="2" t="s">
         <v>851</v>
       </c>
       <c r="B426" s="2" t="s">
         <v>852</v>
       </c>
       <c r="C426" s="3">
         <v>8790</v>
       </c>
       <c r="D426" s="4">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="E426" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="427" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A427" s="2" t="s">
         <v>853</v>
       </c>
       <c r="B427" s="2" t="s">
         <v>854</v>
       </c>
       <c r="C427" s="3">
         <v>10600</v>
       </c>
       <c r="D427" s="4">
-        <v>1057</v>
+        <v>846</v>
       </c>
       <c r="E427" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="428" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A428" s="2" t="s">
         <v>855</v>
       </c>
       <c r="B428" s="2" t="s">
         <v>856</v>
       </c>
       <c r="C428" s="3">
         <v>24950</v>
       </c>
       <c r="D428" s="4">
-        <v>684</v>
+        <v>582</v>
       </c>
       <c r="E428" s="4">
         <v>89</v>
       </c>
     </row>
     <row r="429" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A429" s="2" t="s">
         <v>857</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>858</v>
       </c>
       <c r="C429" s="3">
         <v>6750</v>
       </c>
       <c r="D429" s="4">
         <v>-1</v>
       </c>
       <c r="E429" s="4">
         <v>90</v>
       </c>
     </row>
     <row r="430" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A430" s="2" t="s">
         <v>859</v>
       </c>
       <c r="B430" s="2" t="s">
         <v>860</v>
       </c>
       <c r="C430" s="3">
         <v>3980</v>
       </c>
       <c r="D430" s="4">
-        <v>3467</v>
+        <v>3416</v>
       </c>
       <c r="E430" s="4">
         <v>90</v>
       </c>
     </row>
     <row r="431" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A431" s="2" t="s">
         <v>861</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>862</v>
       </c>
       <c r="C431" s="3">
         <v>890</v>
       </c>
       <c r="D431" s="4">
         <v>748</v>
       </c>
       <c r="E431" s="4">
         <v>90</v>
       </c>
     </row>
     <row r="432" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A432" s="2" t="s">
         <v>863</v>
@@ -11240,119 +11240,119 @@
       </c>
       <c r="B436" s="2" t="s">
         <v>872</v>
       </c>
       <c r="C436" s="3">
         <v>4950</v>
       </c>
       <c r="D436" s="4">
         <v>3</v>
       </c>
       <c r="E436" s="4">
         <v>90</v>
       </c>
     </row>
     <row r="437" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A437" s="2" t="s">
         <v>873</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>874</v>
       </c>
       <c r="C437" s="3">
         <v>4950</v>
       </c>
       <c r="D437" s="4">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="E437" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="438" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A438" s="2" t="s">
         <v>875</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>876</v>
       </c>
       <c r="C438" s="3">
         <v>4950</v>
       </c>
       <c r="D438" s="4">
         <v>1</v>
       </c>
       <c r="E438" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="439" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A439" s="2" t="s">
         <v>877</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>878</v>
       </c>
       <c r="C439" s="3">
         <v>4950</v>
       </c>
       <c r="D439" s="4">
         <v>0</v>
       </c>
       <c r="E439" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="440" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A440" s="2" t="s">
         <v>879</v>
       </c>
       <c r="B440" s="2" t="s">
         <v>880</v>
       </c>
       <c r="C440" s="3">
         <v>4950</v>
       </c>
       <c r="D440" s="4">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="E440" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="441" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A441" s="2" t="s">
         <v>881</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>882</v>
       </c>
       <c r="C441" s="3">
         <v>4950</v>
       </c>
       <c r="D441" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="E441" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="442" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A442" s="2" t="s">
         <v>883</v>
       </c>
       <c r="B442" s="2" t="s">
         <v>884</v>
       </c>
       <c r="C442" s="3">
         <v>4950</v>
       </c>
       <c r="D442" s="4">
         <v>-3</v>
       </c>
       <c r="E442" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="443" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A443" s="2" t="s">
         <v>885</v>
@@ -11393,85 +11393,85 @@
       </c>
       <c r="B445" s="2" t="s">
         <v>890</v>
       </c>
       <c r="C445" s="3">
         <v>7990</v>
       </c>
       <c r="D445" s="4">
         <v>0</v>
       </c>
       <c r="E445" s="4">
         <v>91</v>
       </c>
     </row>
     <row r="446" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A446" s="2" t="s">
         <v>891</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>892</v>
       </c>
       <c r="C446" s="3">
         <v>5990</v>
       </c>
       <c r="D446" s="4">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E446" s="4">
         <v>92</v>
       </c>
     </row>
     <row r="447" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A447" s="2" t="s">
         <v>893</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>894</v>
       </c>
       <c r="C447" s="3">
         <v>5950</v>
       </c>
       <c r="D447" s="4">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="E447" s="4">
         <v>92</v>
       </c>
     </row>
     <row r="448" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A448" s="2" t="s">
         <v>895</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>896</v>
       </c>
       <c r="C448" s="3">
         <v>7990</v>
       </c>
       <c r="D448" s="4">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E448" s="4">
         <v>92</v>
       </c>
     </row>
     <row r="449" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A449" s="2" t="s">
         <v>897</v>
       </c>
       <c r="B449" s="2" t="s">
         <v>898</v>
       </c>
       <c r="C449" s="3">
         <v>7560</v>
       </c>
       <c r="D449" s="4">
         <v>83</v>
       </c>
       <c r="E449" s="4">
         <v>92</v>
       </c>
     </row>
     <row r="450" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A450" s="2" t="s">
         <v>899</v>
@@ -11580,153 +11580,153 @@
       </c>
       <c r="B456" s="2" t="s">
         <v>912</v>
       </c>
       <c r="C456" s="3">
         <v>12900</v>
       </c>
       <c r="D456" s="4">
         <v>82</v>
       </c>
       <c r="E456" s="4">
         <v>93</v>
       </c>
     </row>
     <row r="457" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A457" s="2" t="s">
         <v>913</v>
       </c>
       <c r="B457" s="2" t="s">
         <v>914</v>
       </c>
       <c r="C457" s="3">
         <v>6250</v>
       </c>
       <c r="D457" s="4">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E457" s="4">
         <v>93</v>
       </c>
     </row>
     <row r="458" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A458" s="2" t="s">
         <v>915</v>
       </c>
       <c r="B458" s="2" t="s">
         <v>916</v>
       </c>
       <c r="C458" s="3">
         <v>9390</v>
       </c>
       <c r="D458" s="4">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="E458" s="4">
         <v>93</v>
       </c>
     </row>
     <row r="459" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A459" s="2" t="s">
         <v>917</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>918</v>
       </c>
       <c r="C459" s="3">
         <v>7650</v>
       </c>
       <c r="D459" s="4">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E459" s="4">
         <v>93</v>
       </c>
     </row>
     <row r="460" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A460" s="2" t="s">
         <v>919</v>
       </c>
       <c r="B460" s="2" t="s">
         <v>920</v>
       </c>
       <c r="C460" s="3">
         <v>4890</v>
       </c>
       <c r="D460" s="4">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E460" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="461" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A461" s="2" t="s">
         <v>921</v>
       </c>
       <c r="B461" s="2" t="s">
         <v>922</v>
       </c>
       <c r="C461" s="3">
         <v>6250</v>
       </c>
       <c r="D461" s="4">
         <v>1</v>
       </c>
       <c r="E461" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="462" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A462" s="2" t="s">
         <v>923</v>
       </c>
       <c r="B462" s="2" t="s">
         <v>924</v>
       </c>
       <c r="C462" s="3">
         <v>4890</v>
       </c>
       <c r="D462" s="4">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E462" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="463" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A463" s="2" t="s">
         <v>925</v>
       </c>
       <c r="B463" s="2" t="s">
         <v>926</v>
       </c>
       <c r="C463" s="3">
         <v>6250</v>
       </c>
       <c r="D463" s="4">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E463" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="464" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A464" s="2" t="s">
         <v>927</v>
       </c>
       <c r="B464" s="2" t="s">
         <v>928</v>
       </c>
       <c r="C464" s="3">
         <v>6250</v>
       </c>
       <c r="D464" s="4">
         <v>0</v>
       </c>
       <c r="E464" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="465" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A465" s="2" t="s">
         <v>929</v>
@@ -11767,255 +11767,255 @@
       </c>
       <c r="B467" s="2" t="s">
         <v>934</v>
       </c>
       <c r="C467" s="3">
         <v>6250</v>
       </c>
       <c r="D467" s="4">
         <v>81</v>
       </c>
       <c r="E467" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="468" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A468" s="2" t="s">
         <v>935</v>
       </c>
       <c r="B468" s="2" t="s">
         <v>936</v>
       </c>
       <c r="C468" s="3">
         <v>6250</v>
       </c>
       <c r="D468" s="4">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E468" s="4">
         <v>94</v>
       </c>
     </row>
     <row r="469" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A469" s="2" t="s">
         <v>937</v>
       </c>
       <c r="B469" s="2" t="s">
         <v>938</v>
       </c>
       <c r="C469" s="3">
         <v>6250</v>
       </c>
       <c r="D469" s="4">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E469" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="470" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A470" s="2" t="s">
         <v>913</v>
       </c>
       <c r="B470" s="2" t="s">
         <v>914</v>
       </c>
       <c r="C470" s="3">
         <v>6250</v>
       </c>
       <c r="D470" s="4">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="E470" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="471" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A471" s="2" t="s">
         <v>939</v>
       </c>
       <c r="B471" s="2" t="s">
         <v>940</v>
       </c>
       <c r="C471" s="3">
         <v>6250</v>
       </c>
       <c r="D471" s="4">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E471" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="472" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A472" s="2" t="s">
         <v>941</v>
       </c>
       <c r="B472" s="2" t="s">
         <v>942</v>
       </c>
       <c r="C472" s="3">
         <v>6250</v>
       </c>
       <c r="D472" s="4">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E472" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="473" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A473" s="2" t="s">
         <v>943</v>
       </c>
       <c r="B473" s="2" t="s">
         <v>944</v>
       </c>
       <c r="C473" s="3">
         <v>6250</v>
       </c>
       <c r="D473" s="4">
         <v>6</v>
       </c>
       <c r="E473" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="474" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A474" s="2" t="s">
         <v>945</v>
       </c>
       <c r="B474" s="2" t="s">
         <v>946</v>
       </c>
       <c r="C474" s="3">
         <v>6250</v>
       </c>
       <c r="D474" s="4">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E474" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="475" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A475" s="2" t="s">
         <v>947</v>
       </c>
       <c r="B475" s="2" t="s">
         <v>948</v>
       </c>
       <c r="C475" s="3">
         <v>5990</v>
       </c>
       <c r="D475" s="4">
         <v>92</v>
       </c>
       <c r="E475" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="476" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A476" s="2" t="s">
         <v>949</v>
       </c>
       <c r="B476" s="2" t="s">
         <v>950</v>
       </c>
       <c r="C476" s="3">
         <v>12900</v>
       </c>
       <c r="D476" s="4">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E476" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="477" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A477" s="2" t="s">
         <v>911</v>
       </c>
       <c r="B477" s="2" t="s">
         <v>912</v>
       </c>
       <c r="C477" s="3">
         <v>12900</v>
       </c>
       <c r="D477" s="4">
         <v>82</v>
       </c>
       <c r="E477" s="4">
         <v>95</v>
       </c>
     </row>
     <row r="478" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A478" s="2" t="s">
         <v>951</v>
       </c>
       <c r="B478" s="2" t="s">
         <v>952</v>
       </c>
       <c r="C478" s="3">
         <v>12900</v>
       </c>
       <c r="D478" s="4">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E478" s="4">
         <v>96</v>
       </c>
     </row>
     <row r="479" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A479" s="2" t="s">
         <v>953</v>
       </c>
       <c r="B479" s="2" t="s">
         <v>954</v>
       </c>
       <c r="C479" s="3">
         <v>12900</v>
       </c>
       <c r="D479" s="4">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E479" s="4">
         <v>96</v>
       </c>
     </row>
     <row r="480" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A480" s="2" t="s">
         <v>955</v>
       </c>
       <c r="B480" s="2" t="s">
         <v>956</v>
       </c>
       <c r="C480" s="3">
         <v>12900</v>
       </c>
       <c r="D480" s="4">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E480" s="4">
         <v>96</v>
       </c>
     </row>
     <row r="481" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A481" s="2" t="s">
         <v>909</v>
       </c>
       <c r="B481" s="2" t="s">
         <v>910</v>
       </c>
       <c r="C481" s="3">
         <v>12900</v>
       </c>
       <c r="D481" s="4">
         <v>66</v>
       </c>
       <c r="E481" s="4">
         <v>96</v>
       </c>
     </row>
     <row r="482" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A482" s="2" t="s">
         <v>957</v>
@@ -12192,51 +12192,51 @@
       </c>
       <c r="B492" s="2" t="s">
         <v>976</v>
       </c>
       <c r="C492" s="3">
         <v>18890</v>
       </c>
       <c r="D492" s="4">
         <v>-1</v>
       </c>
       <c r="E492" s="4">
         <v>98</v>
       </c>
     </row>
     <row r="493" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A493" s="2" t="s">
         <v>977</v>
       </c>
       <c r="B493" s="2" t="s">
         <v>978</v>
       </c>
       <c r="C493" s="3">
         <v>12500</v>
       </c>
       <c r="D493" s="4">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E493" s="4">
         <v>98</v>
       </c>
     </row>
     <row r="494" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A494" s="2" t="s">
         <v>979</v>
       </c>
       <c r="B494" s="2" t="s">
         <v>980</v>
       </c>
       <c r="C494" s="3">
         <v>13500</v>
       </c>
       <c r="D494" s="4">
         <v>119</v>
       </c>
       <c r="E494" s="4">
         <v>98</v>
       </c>
     </row>
     <row r="495" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A495" s="2" t="s">
         <v>981</v>
@@ -12260,323 +12260,323 @@
       </c>
       <c r="B496" s="2" t="s">
         <v>984</v>
       </c>
       <c r="C496" s="3">
         <v>8900</v>
       </c>
       <c r="D496" s="4">
         <v>0</v>
       </c>
       <c r="E496" s="4">
         <v>98</v>
       </c>
     </row>
     <row r="497" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A497" s="2" t="s">
         <v>985</v>
       </c>
       <c r="B497" s="2" t="s">
         <v>986</v>
       </c>
       <c r="C497" s="3">
         <v>22350</v>
       </c>
       <c r="D497" s="4">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E497" s="4">
         <v>98</v>
       </c>
     </row>
     <row r="498" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A498" s="2" t="s">
         <v>987</v>
       </c>
       <c r="B498" s="2" t="s">
         <v>988</v>
       </c>
       <c r="C498" s="3">
         <v>12950</v>
       </c>
       <c r="D498" s="4">
         <v>362</v>
       </c>
       <c r="E498" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="499" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A499" s="2" t="s">
         <v>989</v>
       </c>
       <c r="B499" s="2" t="s">
         <v>990</v>
       </c>
       <c r="C499" s="3">
         <v>9200</v>
       </c>
       <c r="D499" s="4">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="E499" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="500" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A500" s="2" t="s">
         <v>991</v>
       </c>
       <c r="B500" s="2" t="s">
         <v>992</v>
       </c>
       <c r="C500" s="3">
         <v>11500</v>
       </c>
       <c r="D500" s="4">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="E500" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="501" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A501" s="2" t="s">
         <v>993</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>994</v>
       </c>
       <c r="C501" s="3">
         <v>18900</v>
       </c>
       <c r="D501" s="4">
         <v>17</v>
       </c>
       <c r="E501" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="502" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A502" s="2" t="s">
         <v>995</v>
       </c>
       <c r="B502" s="2" t="s">
         <v>996</v>
       </c>
       <c r="C502" s="3">
         <v>3990</v>
       </c>
       <c r="D502" s="4">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="E502" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="503" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A503" s="2" t="s">
         <v>997</v>
       </c>
       <c r="B503" s="2" t="s">
         <v>998</v>
       </c>
       <c r="C503" s="3">
         <v>2490</v>
       </c>
       <c r="D503" s="4">
         <v>28</v>
       </c>
       <c r="E503" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="504" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A504" s="2" t="s">
         <v>999</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>1000</v>
       </c>
       <c r="C504" s="3">
         <v>4850</v>
       </c>
       <c r="D504" s="4">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E504" s="4">
         <v>99</v>
       </c>
     </row>
     <row r="505" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A505" s="2" t="s">
         <v>1001</v>
       </c>
       <c r="B505" s="2" t="s">
         <v>1002</v>
       </c>
       <c r="C505" s="3">
-        <v>22950</v>
+        <v>26500</v>
       </c>
       <c r="D505" s="4">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="E505" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="506" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A506" s="2" t="s">
         <v>1003</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>1004</v>
       </c>
       <c r="C506" s="3">
         <v>18850</v>
       </c>
       <c r="D506" s="4">
         <v>69</v>
       </c>
       <c r="E506" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="507" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A507" s="2" t="s">
         <v>379</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>380</v>
       </c>
       <c r="C507" s="3">
         <v>1990</v>
       </c>
       <c r="D507" s="4">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="E507" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="508" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A508" s="2" t="s">
         <v>1005</v>
       </c>
       <c r="B508" s="2" t="s">
         <v>1006</v>
       </c>
       <c r="C508" s="3">
         <v>33900</v>
       </c>
       <c r="D508" s="4">
         <v>10</v>
       </c>
       <c r="E508" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="509" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A509" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B509" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C509" s="3">
         <v>23900</v>
       </c>
       <c r="D509" s="4">
         <v>52</v>
       </c>
       <c r="E509" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="510" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A510" s="2" t="s">
         <v>431</v>
       </c>
       <c r="B510" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C510" s="3">
         <v>6850</v>
       </c>
       <c r="D510" s="4">
-        <v>424</v>
+        <v>413</v>
       </c>
       <c r="E510" s="4">
         <v>100</v>
       </c>
     </row>
     <row r="511" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A511" s="2" t="s">
         <v>1007</v>
       </c>
       <c r="B511" s="2" t="s">
         <v>1008</v>
       </c>
       <c r="C511" s="3">
         <v>39800</v>
       </c>
       <c r="D511" s="4">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E511" s="4">
         <v>101</v>
       </c>
     </row>
     <row r="512" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A512" s="2" t="s">
         <v>1009</v>
       </c>
       <c r="B512" s="2" t="s">
         <v>1010</v>
       </c>
       <c r="C512" s="3">
         <v>25760</v>
       </c>
       <c r="D512" s="4">
         <v>25</v>
       </c>
       <c r="E512" s="4">
         <v>101</v>
       </c>
     </row>
     <row r="513" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A513" s="2" t="s">
         <v>1011</v>
       </c>
       <c r="B513" s="2" t="s">
         <v>1012</v>
       </c>
       <c r="C513" s="3">
         <v>17990</v>
       </c>
       <c r="D513" s="4">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="E513" s="4">
         <v>101</v>
       </c>
     </row>
     <row r="514" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A514" s="2" t="s">
         <v>1013</v>
       </c>
       <c r="B514" s="2" t="s">
         <v>1014</v>
       </c>
       <c r="C514" s="3">
         <v>12190</v>
       </c>
       <c r="D514" s="4">
         <v>121</v>
       </c>
       <c r="E514" s="4">
         <v>102</v>
       </c>
     </row>
     <row r="515" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A515" s="2" t="s">
         <v>1015</v>
@@ -12617,425 +12617,425 @@
       </c>
       <c r="B517" s="2" t="s">
         <v>1018</v>
       </c>
       <c r="C517" s="3">
         <v>9450</v>
       </c>
       <c r="D517" s="4">
         <v>28</v>
       </c>
       <c r="E517" s="4">
         <v>102</v>
       </c>
     </row>
     <row r="518" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A518" s="2" t="s">
         <v>1019</v>
       </c>
       <c r="B518" s="2" t="s">
         <v>1020</v>
       </c>
       <c r="C518" s="3">
         <v>14590</v>
       </c>
       <c r="D518" s="4">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="E518" s="4">
         <v>102</v>
       </c>
     </row>
     <row r="519" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A519" s="2" t="s">
         <v>1021</v>
       </c>
       <c r="B519" s="2" t="s">
         <v>1022</v>
       </c>
       <c r="C519" s="3">
         <v>4950</v>
       </c>
       <c r="D519" s="4">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="E519" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="520" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A520" s="2" t="s">
         <v>1023</v>
       </c>
       <c r="B520" s="2" t="s">
         <v>1024</v>
       </c>
       <c r="C520" s="3">
         <v>12500</v>
       </c>
       <c r="D520" s="4">
         <v>137</v>
       </c>
       <c r="E520" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="521" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A521" s="2" t="s">
         <v>1025</v>
       </c>
       <c r="B521" s="2" t="s">
         <v>1026</v>
       </c>
       <c r="C521" s="3">
         <v>9850</v>
       </c>
       <c r="D521" s="4">
         <v>24</v>
       </c>
       <c r="E521" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="522" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A522" s="2" t="s">
         <v>1027</v>
       </c>
       <c r="B522" s="2" t="s">
         <v>1028</v>
       </c>
       <c r="C522" s="3">
         <v>17690</v>
       </c>
       <c r="D522" s="4">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E522" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="523" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A523" s="2" t="s">
         <v>1029</v>
       </c>
       <c r="B523" s="2" t="s">
         <v>1030</v>
       </c>
       <c r="C523" s="3">
         <v>26450</v>
       </c>
       <c r="D523" s="4">
         <v>34</v>
       </c>
       <c r="E523" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="524" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A524" s="2" t="s">
         <v>619</v>
       </c>
       <c r="B524" s="2" t="s">
         <v>620</v>
       </c>
       <c r="C524" s="3">
         <v>19990</v>
       </c>
       <c r="D524" s="4">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="E524" s="4">
         <v>103</v>
       </c>
     </row>
     <row r="525" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A525" s="2" t="s">
         <v>1031</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>1032</v>
       </c>
       <c r="C525" s="3">
         <v>34500</v>
       </c>
       <c r="D525" s="4">
         <v>4</v>
       </c>
       <c r="E525" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="526" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A526" s="2" t="s">
         <v>1033</v>
       </c>
       <c r="B526" s="2" t="s">
         <v>1034</v>
       </c>
       <c r="C526" s="3">
         <v>4990</v>
       </c>
       <c r="D526" s="4">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="E526" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="527" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A527" s="2" t="s">
         <v>1035</v>
       </c>
       <c r="B527" s="2" t="s">
         <v>1036</v>
       </c>
       <c r="C527" s="3">
         <v>4990</v>
       </c>
       <c r="D527" s="4">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="E527" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="528" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A528" s="2" t="s">
         <v>1037</v>
       </c>
       <c r="B528" s="2" t="s">
         <v>1038</v>
       </c>
       <c r="C528" s="3">
         <v>34980</v>
       </c>
       <c r="D528" s="4">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="E528" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="529" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A529" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="B529" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="C529" s="3">
         <v>11450</v>
       </c>
       <c r="D529" s="4">
         <v>208</v>
       </c>
       <c r="E529" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="530" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A530" s="2" t="s">
         <v>1041</v>
       </c>
       <c r="B530" s="2" t="s">
         <v>1042</v>
       </c>
       <c r="C530" s="3">
         <v>42950</v>
       </c>
       <c r="D530" s="4">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E530" s="4">
         <v>104</v>
       </c>
     </row>
     <row r="531" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A531" s="2" t="s">
         <v>1043</v>
       </c>
       <c r="B531" s="2" t="s">
         <v>1044</v>
       </c>
       <c r="C531" s="3">
         <v>13690</v>
       </c>
       <c r="D531" s="4">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="E531" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="532" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A532" s="2" t="s">
         <v>1045</v>
       </c>
       <c r="B532" s="2" t="s">
         <v>1046</v>
       </c>
       <c r="C532" s="3">
         <v>15590</v>
       </c>
       <c r="D532" s="4">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="E532" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="533" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A533" s="2" t="s">
         <v>315</v>
       </c>
       <c r="B533" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C533" s="3">
         <v>12990</v>
       </c>
       <c r="D533" s="4">
         <v>29</v>
       </c>
       <c r="E533" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="534" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A534" s="2" t="s">
         <v>203</v>
       </c>
       <c r="B534" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C534" s="3">
         <v>14950</v>
       </c>
       <c r="D534" s="4">
         <v>15</v>
       </c>
       <c r="E534" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="535" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A535" s="2" t="s">
         <v>1047</v>
       </c>
       <c r="B535" s="2" t="s">
         <v>1048</v>
       </c>
       <c r="C535" s="3">
         <v>8450</v>
       </c>
       <c r="D535" s="4">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="E535" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="536" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A536" s="2" t="s">
         <v>1049</v>
       </c>
       <c r="B536" s="2" t="s">
         <v>1050</v>
       </c>
       <c r="C536" s="3">
         <v>8890</v>
       </c>
       <c r="D536" s="4">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E536" s="4">
         <v>105</v>
       </c>
     </row>
     <row r="537" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A537" s="2" t="s">
         <v>985</v>
       </c>
       <c r="B537" s="2" t="s">
         <v>986</v>
       </c>
       <c r="C537" s="3">
         <v>22350</v>
       </c>
       <c r="D537" s="4">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="E537" s="4">
         <v>106</v>
       </c>
     </row>
     <row r="538" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A538" s="2" t="s">
         <v>1051</v>
       </c>
       <c r="B538" s="2" t="s">
         <v>1052</v>
       </c>
       <c r="C538" s="3">
         <v>12990</v>
       </c>
       <c r="D538" s="4">
         <v>40</v>
       </c>
       <c r="E538" s="4">
         <v>106</v>
       </c>
     </row>
     <row r="539" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A539" s="2" t="s">
         <v>837</v>
       </c>
       <c r="B539" s="2" t="s">
         <v>838</v>
       </c>
       <c r="C539" s="3">
         <v>3995</v>
       </c>
       <c r="D539" s="4">
         <v>84</v>
       </c>
       <c r="E539" s="4">
         <v>106</v>
       </c>
     </row>
     <row r="540" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A540" s="2" t="s">
         <v>1053</v>
       </c>
       <c r="B540" s="2" t="s">
         <v>1054</v>
       </c>
       <c r="C540" s="3">
         <v>9950</v>
       </c>
       <c r="D540" s="4">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="E540" s="4">
         <v>106</v>
       </c>
     </row>
     <row r="541" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A541" s="2" t="s">
         <v>795</v>
       </c>
       <c r="B541" s="2" t="s">
         <v>796</v>
       </c>
       <c r="C541" s="3">
         <v>41800</v>
       </c>
       <c r="D541" s="4">
         <v>11</v>
       </c>
       <c r="E541" s="4">
         <v>106</v>
       </c>
     </row>
     <row r="542" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A542" s="2" t="s">
         <v>1055</v>
@@ -13059,408 +13059,408 @@
       </c>
       <c r="B543" s="2" t="s">
         <v>1058</v>
       </c>
       <c r="C543" s="3">
         <v>7990</v>
       </c>
       <c r="D543" s="4">
         <v>-9</v>
       </c>
       <c r="E543" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="544" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A544" s="2" t="s">
         <v>1059</v>
       </c>
       <c r="B544" s="2" t="s">
         <v>1060</v>
       </c>
       <c r="C544" s="3">
         <v>5490</v>
       </c>
       <c r="D544" s="4">
-        <v>588</v>
+        <v>521</v>
       </c>
       <c r="E544" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="545" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A545" s="2" t="s">
         <v>1061</v>
       </c>
       <c r="B545" s="2" t="s">
         <v>1062</v>
       </c>
       <c r="C545" s="3">
         <v>14500</v>
       </c>
       <c r="D545" s="4">
         <v>36</v>
       </c>
       <c r="E545" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="546" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A546" s="2" t="s">
         <v>709</v>
       </c>
       <c r="B546" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C546" s="3">
         <v>29950</v>
       </c>
       <c r="D546" s="4">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="E546" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="547" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A547" s="2" t="s">
         <v>1063</v>
       </c>
       <c r="B547" s="2" t="s">
         <v>1064</v>
       </c>
       <c r="C547" s="3">
         <v>5990</v>
       </c>
       <c r="D547" s="4">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E547" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="548" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A548" s="2" t="s">
         <v>987</v>
       </c>
       <c r="B548" s="2" t="s">
         <v>988</v>
       </c>
       <c r="C548" s="3">
         <v>12950</v>
       </c>
       <c r="D548" s="4">
         <v>362</v>
       </c>
       <c r="E548" s="4">
         <v>107</v>
       </c>
     </row>
     <row r="549" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A549" s="2" t="s">
         <v>1065</v>
       </c>
       <c r="B549" s="2" t="s">
         <v>1066</v>
       </c>
       <c r="C549" s="3">
         <v>19550</v>
       </c>
       <c r="D549" s="4">
         <v>85</v>
       </c>
       <c r="E549" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="550" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A550" s="2" t="s">
         <v>1067</v>
       </c>
       <c r="B550" s="2" t="s">
         <v>1068</v>
       </c>
       <c r="C550" s="3">
         <v>41900</v>
       </c>
       <c r="D550" s="4">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E550" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="551" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A551" s="2" t="s">
         <v>1069</v>
       </c>
       <c r="B551" s="2" t="s">
         <v>1070</v>
       </c>
       <c r="C551" s="3">
         <v>13950</v>
       </c>
       <c r="D551" s="4">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="E551" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="552" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A552" s="2" t="s">
         <v>1071</v>
       </c>
       <c r="B552" s="2" t="s">
         <v>1072</v>
       </c>
       <c r="C552" s="3">
         <v>20950</v>
       </c>
       <c r="D552" s="4">
-        <v>207</v>
+        <v>163</v>
       </c>
       <c r="E552" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="553" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A553" s="2" t="s">
         <v>1073</v>
       </c>
       <c r="B553" s="2" t="s">
         <v>1074</v>
       </c>
       <c r="C553" s="3">
         <v>112000</v>
       </c>
       <c r="D553" s="4">
         <v>59</v>
       </c>
       <c r="E553" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="554" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A554" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="B554" s="2" t="s">
         <v>1076</v>
       </c>
       <c r="C554" s="3">
         <v>7200</v>
       </c>
       <c r="D554" s="4">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="E554" s="4">
         <v>108</v>
       </c>
     </row>
     <row r="555" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A555" s="2" t="s">
         <v>1077</v>
       </c>
       <c r="B555" s="2" t="s">
         <v>1078</v>
       </c>
       <c r="C555" s="3">
         <v>15950</v>
       </c>
       <c r="D555" s="4">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E555" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="556" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A556" s="2" t="s">
         <v>1079</v>
       </c>
       <c r="B556" s="2" t="s">
         <v>1080</v>
       </c>
       <c r="C556" s="3">
         <v>2490</v>
       </c>
       <c r="D556" s="4">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E556" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="557" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A557" s="2" t="s">
         <v>1081</v>
       </c>
       <c r="B557" s="2" t="s">
         <v>1082</v>
       </c>
       <c r="C557" s="3">
         <v>16650</v>
       </c>
       <c r="D557" s="4">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E557" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="558" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A558" s="2" t="s">
         <v>1083</v>
       </c>
       <c r="B558" s="2" t="s">
         <v>1084</v>
       </c>
       <c r="C558" s="3">
         <v>33500</v>
       </c>
       <c r="D558" s="4">
         <v>1</v>
       </c>
       <c r="E558" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="559" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A559" s="2" t="s">
         <v>1085</v>
       </c>
       <c r="B559" s="2" t="s">
         <v>1086</v>
       </c>
       <c r="C559" s="3">
         <v>15980</v>
       </c>
       <c r="D559" s="4">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="E559" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="560" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A560" s="2" t="s">
         <v>1087</v>
       </c>
       <c r="B560" s="2" t="s">
         <v>1088</v>
       </c>
       <c r="C560" s="3">
         <v>14450</v>
       </c>
       <c r="D560" s="4">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E560" s="4">
         <v>109</v>
       </c>
     </row>
     <row r="561" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A561" s="2" t="s">
         <v>1089</v>
       </c>
       <c r="B561" s="2" t="s">
         <v>1090</v>
       </c>
       <c r="C561" s="3">
         <v>33900</v>
       </c>
       <c r="D561" s="4">
         <v>85</v>
       </c>
       <c r="E561" s="4">
         <v>110</v>
       </c>
     </row>
     <row r="562" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A562" s="2" t="s">
         <v>1091</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>1092</v>
       </c>
       <c r="C562" s="3">
         <v>41850</v>
       </c>
       <c r="D562" s="4">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E562" s="4">
         <v>110</v>
       </c>
     </row>
     <row r="563" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A563" s="2" t="s">
         <v>1093</v>
       </c>
       <c r="B563" s="2" t="s">
         <v>1094</v>
       </c>
       <c r="C563" s="3">
         <v>4450</v>
       </c>
       <c r="D563" s="4">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="E563" s="4">
         <v>110</v>
       </c>
     </row>
     <row r="564" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A564" s="2" t="s">
         <v>1095</v>
       </c>
       <c r="B564" s="2" t="s">
         <v>1096</v>
       </c>
       <c r="C564" s="3">
         <v>8200</v>
       </c>
       <c r="D564" s="4">
-        <v>105</v>
+        <v>81</v>
       </c>
       <c r="E564" s="4">
         <v>110</v>
       </c>
     </row>
     <row r="565" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A565" s="2" t="s">
         <v>1097</v>
       </c>
       <c r="B565" s="2" t="s">
         <v>1098</v>
       </c>
       <c r="C565" s="3">
         <v>27490</v>
       </c>
       <c r="D565" s="4">
-        <v>179</v>
+        <v>168</v>
       </c>
       <c r="E565" s="4">
         <v>110</v>
       </c>
     </row>
     <row r="566" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A566" s="2" t="s">
         <v>395</v>
       </c>
       <c r="B566" s="2" t="s">
         <v>396</v>
       </c>
       <c r="C566" s="3">
         <v>14980</v>
       </c>
       <c r="D566" s="4">
         <v>58</v>
       </c>
       <c r="E566" s="4">
         <v>111</v>
       </c>
     </row>
     <row r="567" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A567" s="2" t="s">
         <v>1099</v>
@@ -13484,385 +13484,385 @@
       </c>
       <c r="B568" s="2" t="s">
         <v>974</v>
       </c>
       <c r="C568" s="3">
         <v>47450</v>
       </c>
       <c r="D568" s="4">
         <v>17</v>
       </c>
       <c r="E568" s="4">
         <v>111</v>
       </c>
     </row>
     <row r="569" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A569" s="2" t="s">
         <v>1101</v>
       </c>
       <c r="B569" s="2" t="s">
         <v>1102</v>
       </c>
       <c r="C569" s="3">
         <v>14990</v>
       </c>
       <c r="D569" s="4">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="E569" s="4">
         <v>111</v>
       </c>
     </row>
     <row r="570" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A570" s="2" t="s">
         <v>757</v>
       </c>
       <c r="B570" s="2" t="s">
         <v>758</v>
       </c>
       <c r="C570" s="3">
         <v>29800</v>
       </c>
       <c r="D570" s="4">
         <v>46</v>
       </c>
       <c r="E570" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="571" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A571" s="2" t="s">
         <v>1103</v>
       </c>
       <c r="B571" s="2" t="s">
         <v>1104</v>
       </c>
       <c r="C571" s="3">
         <v>11200</v>
       </c>
       <c r="D571" s="4">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="E571" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="572" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A572" s="2" t="s">
         <v>1105</v>
       </c>
       <c r="B572" s="2" t="s">
         <v>1106</v>
       </c>
       <c r="C572" s="3">
         <v>6750</v>
       </c>
       <c r="D572" s="4">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="E572" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="573" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A573" s="2" t="s">
         <v>1107</v>
       </c>
       <c r="B573" s="2" t="s">
         <v>1108</v>
       </c>
       <c r="C573" s="3">
         <v>24900</v>
       </c>
       <c r="D573" s="4">
         <v>21</v>
       </c>
       <c r="E573" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="574" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A574" s="2" t="s">
         <v>543</v>
       </c>
       <c r="B574" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C574" s="3">
         <v>9490</v>
       </c>
       <c r="D574" s="4">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="E574" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="575" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A575" s="2" t="s">
         <v>1109</v>
       </c>
       <c r="B575" s="2" t="s">
         <v>1110</v>
       </c>
       <c r="C575" s="3">
         <v>0</v>
       </c>
       <c r="D575" s="4">
         <v>0</v>
       </c>
       <c r="E575" s="4">
         <v>112</v>
       </c>
     </row>
     <row r="576" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A576" s="2" t="s">
         <v>1111</v>
       </c>
       <c r="B576" s="2" t="s">
         <v>1112</v>
       </c>
       <c r="C576" s="3">
         <v>6990</v>
       </c>
       <c r="D576" s="4">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="E576" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="577" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A577" s="2" t="s">
         <v>377</v>
       </c>
       <c r="B577" s="2" t="s">
         <v>378</v>
       </c>
       <c r="C577" s="3">
         <v>17990</v>
       </c>
       <c r="D577" s="4">
-        <v>82</v>
+        <v>43</v>
       </c>
       <c r="E577" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="578" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A578" s="2" t="s">
         <v>1113</v>
       </c>
       <c r="B578" s="2" t="s">
         <v>1114</v>
       </c>
       <c r="C578" s="3">
         <v>37650</v>
       </c>
       <c r="D578" s="4">
         <v>65</v>
       </c>
       <c r="E578" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="579" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A579" s="2" t="s">
         <v>671</v>
       </c>
       <c r="B579" s="2" t="s">
         <v>672</v>
       </c>
       <c r="C579" s="3">
         <v>8500</v>
       </c>
       <c r="D579" s="4">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E579" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="580" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A580" s="2" t="s">
         <v>1115</v>
       </c>
       <c r="B580" s="2" t="s">
         <v>1116</v>
       </c>
       <c r="C580" s="3">
         <v>59950</v>
       </c>
       <c r="D580" s="4">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="E580" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="581" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A581" s="2" t="s">
         <v>1117</v>
       </c>
       <c r="B581" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="C581" s="3">
         <v>16800</v>
       </c>
       <c r="D581" s="4">
         <v>16</v>
       </c>
       <c r="E581" s="4">
         <v>113</v>
       </c>
     </row>
     <row r="582" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A582" s="2" t="s">
         <v>1119</v>
       </c>
       <c r="B582" s="2" t="s">
         <v>1120</v>
       </c>
       <c r="C582" s="3">
         <v>9200</v>
       </c>
       <c r="D582" s="4">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E582" s="4">
         <v>114</v>
       </c>
     </row>
     <row r="583" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A583" s="2" t="s">
         <v>1121</v>
       </c>
       <c r="B583" s="2" t="s">
         <v>1122</v>
       </c>
       <c r="C583" s="3">
         <v>9490</v>
       </c>
       <c r="D583" s="4">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E583" s="4">
         <v>114</v>
       </c>
     </row>
     <row r="584" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A584" s="2" t="s">
         <v>389</v>
       </c>
       <c r="B584" s="2" t="s">
         <v>390</v>
       </c>
       <c r="C584" s="3">
         <v>8990</v>
       </c>
       <c r="D584" s="4">
         <v>104</v>
       </c>
       <c r="E584" s="4">
         <v>114</v>
       </c>
     </row>
     <row r="585" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A585" s="2" t="s">
         <v>1123</v>
       </c>
       <c r="B585" s="2" t="s">
         <v>1124</v>
       </c>
       <c r="C585" s="3">
         <v>15950</v>
       </c>
       <c r="D585" s="4">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E585" s="4">
         <v>114</v>
       </c>
     </row>
     <row r="586" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A586" s="2" t="s">
         <v>1125</v>
       </c>
       <c r="B586" s="2" t="s">
         <v>1126</v>
       </c>
       <c r="C586" s="3">
         <v>19850</v>
       </c>
       <c r="D586" s="4">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E586" s="4">
         <v>114</v>
       </c>
     </row>
     <row r="587" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A587" s="2" t="s">
         <v>1127</v>
       </c>
       <c r="B587" s="2" t="s">
         <v>1128</v>
       </c>
       <c r="C587" s="3">
         <v>5900</v>
       </c>
       <c r="D587" s="4">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="E587" s="4">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2026-1-3</vt:lpstr>
+      <vt:lpstr>2026-3-4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jfaundez</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>