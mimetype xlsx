--- v0 (2026-01-03)
+++ v1 (2026-03-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="2026-1-3" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="2026-3-4" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="291" uniqueCount="291">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio Neto</t>
   </si>
   <si>
     <t>Stock</t>
   </si>
   <si>
     <t>Página</t>
   </si>
   <si>
     <t>LTSALDA928</t>
   </si>
@@ -1331,68 +1331,68 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="3">
         <v>1690</v>
       </c>
       <c r="D2" s="4">
-        <v>543</v>
+        <v>495</v>
       </c>
       <c r="E2" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="3">
         <v>3590</v>
       </c>
       <c r="D3" s="4">
-        <v>832</v>
+        <v>796</v>
       </c>
       <c r="E3" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="3">
         <v>0</v>
       </c>
       <c r="D4" s="4">
         <v>0</v>
       </c>
       <c r="E4" s="4">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>11</v>
@@ -1416,187 +1416,187 @@
       </c>
       <c r="B6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="3">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="3">
         <v>2320</v>
       </c>
       <c r="D7" s="4">
-        <v>-816</v>
+        <v>-960</v>
       </c>
       <c r="E7" s="4">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>0</v>
       </c>
       <c r="D8" s="4">
         <v>1</v>
       </c>
       <c r="E8" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3">
         <v>2290</v>
       </c>
       <c r="D9" s="4">
-        <v>4254</v>
+        <v>4242</v>
       </c>
       <c r="E9" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>-4</v>
       </c>
       <c r="E10" s="4">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3">
         <v>3250</v>
       </c>
       <c r="D11" s="4">
-        <v>516</v>
+        <v>468</v>
       </c>
       <c r="E11" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="3">
         <v>3490</v>
       </c>
       <c r="D12" s="4">
-        <v>77</v>
+        <v>53</v>
       </c>
       <c r="E12" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="3">
         <v>0</v>
       </c>
       <c r="D13" s="4">
         <v>-6</v>
       </c>
       <c r="E13" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C14" s="3">
         <v>3990</v>
       </c>
       <c r="D14" s="4">
-        <v>324</v>
+        <v>204</v>
       </c>
       <c r="E14" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="3">
         <v>3990</v>
       </c>
       <c r="D15" s="4">
-        <v>432</v>
+        <v>300</v>
       </c>
       <c r="E15" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3">
         <v>0</v>
       </c>
       <c r="D16" s="4">
         <v>85</v>
       </c>
       <c r="E16" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
@@ -1620,51 +1620,51 @@
       </c>
       <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
         <v>3650</v>
       </c>
       <c r="D18" s="4">
         <v>20</v>
       </c>
       <c r="E18" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="3">
         <v>1590</v>
       </c>
       <c r="D19" s="4">
-        <v>561</v>
+        <v>249</v>
       </c>
       <c r="E19" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="3">
         <v>1250</v>
       </c>
       <c r="D20" s="4">
         <v>1</v>
       </c>
       <c r="E20" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
         <v>43</v>
@@ -1705,51 +1705,51 @@
       </c>
       <c r="B23" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="3">
         <v>0</v>
       </c>
       <c r="D23" s="4">
         <v>0</v>
       </c>
       <c r="E23" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="3">
         <v>3390</v>
       </c>
       <c r="D24" s="4">
-        <v>343</v>
+        <v>319</v>
       </c>
       <c r="E24" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C25" s="3">
         <v>7950</v>
       </c>
       <c r="D25" s="4">
         <v>84</v>
       </c>
       <c r="E25" s="4">
         <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>53</v>
@@ -1807,51 +1807,51 @@
       </c>
       <c r="B29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
         <v>7950</v>
       </c>
       <c r="D29" s="4">
         <v>164</v>
       </c>
       <c r="E29" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
         <v>5950</v>
       </c>
       <c r="D30" s="4">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="E30" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>0</v>
       </c>
       <c r="D31" s="4">
         <v>0</v>
       </c>
       <c r="E31" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>65</v>
@@ -1960,85 +1960,85 @@
       </c>
       <c r="B38" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C38" s="3">
         <v>995</v>
       </c>
       <c r="D38" s="4">
         <v>1053</v>
       </c>
       <c r="E38" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>80</v>
       </c>
       <c r="C39" s="3">
         <v>1100</v>
       </c>
       <c r="D39" s="4">
-        <v>2015</v>
+        <v>1943</v>
       </c>
       <c r="E39" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C40" s="3">
         <v>1650</v>
       </c>
       <c r="D40" s="4">
         <v>546</v>
       </c>
       <c r="E40" s="4">
         <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>83</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C41" s="3">
         <v>2995</v>
       </c>
       <c r="D41" s="4">
-        <v>539</v>
+        <v>503</v>
       </c>
       <c r="E41" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>85</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C42" s="3">
         <v>3530</v>
       </c>
       <c r="D42" s="4">
         <v>1101</v>
       </c>
       <c r="E42" s="4">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>87</v>
@@ -2113,51 +2113,51 @@
       </c>
       <c r="B47" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C47" s="3">
         <v>2995</v>
       </c>
       <c r="D47" s="4">
         <v>346</v>
       </c>
       <c r="E47" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>97</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C48" s="3">
         <v>4950</v>
       </c>
       <c r="D48" s="4">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E48" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>99</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="C49" s="3">
         <v>2995</v>
       </c>
       <c r="D49" s="4">
         <v>384</v>
       </c>
       <c r="E49" s="4">
         <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>101</v>
@@ -2181,68 +2181,68 @@
       </c>
       <c r="B51" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C51" s="3">
         <v>2995</v>
       </c>
       <c r="D51" s="4">
         <v>334</v>
       </c>
       <c r="E51" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>106</v>
       </c>
       <c r="C52" s="3">
         <v>3290</v>
       </c>
       <c r="D52" s="4">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="E52" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>108</v>
       </c>
       <c r="C53" s="3">
         <v>3750</v>
       </c>
       <c r="D53" s="4">
-        <v>3213</v>
+        <v>3189</v>
       </c>
       <c r="E53" s="4">
         <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C54" s="3">
         <v>3530</v>
       </c>
       <c r="D54" s="4">
         <v>899</v>
       </c>
       <c r="E54" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>111</v>
@@ -2266,85 +2266,85 @@
       </c>
       <c r="B56" s="2" t="s">
         <v>114</v>
       </c>
       <c r="C56" s="3">
         <v>0</v>
       </c>
       <c r="D56" s="4">
         <v>120</v>
       </c>
       <c r="E56" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>115</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C57" s="3">
         <v>3750</v>
       </c>
       <c r="D57" s="4">
-        <v>863</v>
+        <v>767</v>
       </c>
       <c r="E57" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>117</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>118</v>
       </c>
       <c r="C58" s="3">
         <v>6650</v>
       </c>
       <c r="D58" s="4">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E58" s="4">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>119</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>120</v>
       </c>
       <c r="C59" s="3">
         <v>1540</v>
       </c>
       <c r="D59" s="4">
-        <v>1320</v>
+        <v>1248</v>
       </c>
       <c r="E59" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>121</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C60" s="3">
         <v>0</v>
       </c>
       <c r="D60" s="4">
         <v>0</v>
       </c>
       <c r="E60" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>123</v>
@@ -2368,51 +2368,51 @@
       </c>
       <c r="B62" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="3">
         <v>0</v>
       </c>
       <c r="D62" s="4">
         <v>0</v>
       </c>
       <c r="E62" s="4">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="3">
         <v>1390</v>
       </c>
       <c r="D63" s="4">
-        <v>3367</v>
+        <v>3031</v>
       </c>
       <c r="E63" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C64" s="3">
         <v>2450</v>
       </c>
       <c r="D64" s="4">
         <v>115</v>
       </c>
       <c r="E64" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>131</v>
@@ -2436,204 +2436,204 @@
       </c>
       <c r="B66" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C66" s="3">
         <v>1450</v>
       </c>
       <c r="D66" s="4">
         <v>24</v>
       </c>
       <c r="E66" s="4">
         <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>135</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>136</v>
       </c>
       <c r="C67" s="3">
         <v>990</v>
       </c>
       <c r="D67" s="4">
-        <v>569</v>
+        <v>521</v>
       </c>
       <c r="E67" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>137</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C68" s="3">
         <v>1580</v>
       </c>
       <c r="D68" s="4">
         <v>144</v>
       </c>
       <c r="E68" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>140</v>
       </c>
       <c r="C69" s="3">
         <v>2950</v>
       </c>
       <c r="D69" s="4">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="E69" s="4">
         <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>141</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>142</v>
       </c>
       <c r="C70" s="3">
         <v>12990</v>
       </c>
       <c r="D70" s="4">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E70" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>144</v>
       </c>
       <c r="C71" s="3">
         <v>12990</v>
       </c>
       <c r="D71" s="4">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="E71" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>145</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>146</v>
       </c>
       <c r="C72" s="3">
         <v>12990</v>
       </c>
       <c r="D72" s="4">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="E72" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>148</v>
       </c>
       <c r="C73" s="3">
         <v>0</v>
       </c>
       <c r="D73" s="4">
         <v>-1</v>
       </c>
       <c r="E73" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="3">
         <v>8990</v>
       </c>
       <c r="D74" s="4">
         <v>1</v>
       </c>
       <c r="E74" s="4">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>151</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="3">
         <v>6990</v>
       </c>
       <c r="D75" s="4">
-        <v>-272</v>
+        <v>-416</v>
       </c>
       <c r="E75" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C76" s="3">
         <v>4490</v>
       </c>
       <c r="D76" s="4">
-        <v>-330</v>
+        <v>-558</v>
       </c>
       <c r="E76" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C77" s="3">
         <v>6990</v>
       </c>
       <c r="D77" s="4">
         <v>-193</v>
       </c>
       <c r="E77" s="4">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>157</v>
@@ -2708,255 +2708,255 @@
       </c>
       <c r="B82" s="2" t="s">
         <v>166</v>
       </c>
       <c r="C82" s="3">
         <v>0</v>
       </c>
       <c r="D82" s="4">
         <v>0</v>
       </c>
       <c r="E82" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C83" s="3">
         <v>4980</v>
       </c>
       <c r="D83" s="4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E83" s="4">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C84" s="3">
         <v>6350</v>
       </c>
       <c r="D84" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E84" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C85" s="3">
         <v>6350</v>
       </c>
       <c r="D85" s="4">
         <v>1</v>
       </c>
       <c r="E85" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C86" s="3">
         <v>10850</v>
       </c>
       <c r="D86" s="4">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E86" s="4">
         <v>22</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="3">
         <v>9950</v>
       </c>
       <c r="D87" s="4">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="E87" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>177</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C88" s="3">
         <v>5490</v>
       </c>
       <c r="D88" s="4">
         <v>2936</v>
       </c>
       <c r="E88" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="3">
         <v>9950</v>
       </c>
       <c r="D89" s="4">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E89" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>181</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C90" s="3">
         <v>10490</v>
       </c>
       <c r="D90" s="4">
         <v>78</v>
       </c>
       <c r="E90" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>183</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C91" s="3">
         <v>10490</v>
       </c>
       <c r="D91" s="4">
         <v>2</v>
       </c>
       <c r="E91" s="4">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>185</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>186</v>
       </c>
       <c r="C92" s="3">
         <v>3530</v>
       </c>
       <c r="D92" s="4">
-        <v>3924</v>
+        <v>3468</v>
       </c>
       <c r="E92" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="2" t="s">
         <v>187</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>188</v>
       </c>
       <c r="C93" s="3">
         <v>0</v>
       </c>
       <c r="D93" s="4">
         <v>0</v>
       </c>
       <c r="E93" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="2" t="s">
         <v>189</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>190</v>
       </c>
       <c r="C94" s="3">
         <v>2200</v>
       </c>
       <c r="D94" s="4">
-        <v>246</v>
+        <v>125</v>
       </c>
       <c r="E94" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C95" s="3">
         <v>1550</v>
       </c>
       <c r="D95" s="4">
-        <v>2403</v>
+        <v>1923</v>
       </c>
       <c r="E95" s="4">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="2" t="s">
         <v>193</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>194</v>
       </c>
       <c r="C96" s="3">
         <v>1690</v>
       </c>
       <c r="D96" s="4">
         <v>1</v>
       </c>
       <c r="E96" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="2" t="s">
         <v>195</v>
@@ -2980,51 +2980,51 @@
       </c>
       <c r="B98" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C98" s="3">
         <v>3490</v>
       </c>
       <c r="D98" s="4">
         <v>86</v>
       </c>
       <c r="E98" s="4">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="2" t="s">
         <v>199</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>200</v>
       </c>
       <c r="C99" s="3">
         <v>2190</v>
       </c>
       <c r="D99" s="4">
-        <v>409</v>
+        <v>355</v>
       </c>
       <c r="E99" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="2" t="s">
         <v>201</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C100" s="3">
         <v>2200</v>
       </c>
       <c r="D100" s="4">
         <v>257</v>
       </c>
       <c r="E100" s="4">
         <v>26</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="2" t="s">
         <v>203</v>
@@ -3048,51 +3048,51 @@
       </c>
       <c r="B102" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C102" s="3">
         <v>1550</v>
       </c>
       <c r="D102" s="4">
         <v>91</v>
       </c>
       <c r="E102" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>208</v>
       </c>
       <c r="C103" s="3">
         <v>590</v>
       </c>
       <c r="D103" s="4">
-        <v>1999</v>
+        <v>1759</v>
       </c>
       <c r="E103" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="2" t="s">
         <v>209</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C104" s="3">
         <v>1995</v>
       </c>
       <c r="D104" s="4">
         <v>1347</v>
       </c>
       <c r="E104" s="4">
         <v>27</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="2" t="s">
         <v>211</v>
@@ -3201,85 +3201,85 @@
       </c>
       <c r="B111" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C111" s="3">
         <v>1550</v>
       </c>
       <c r="D111" s="4">
         <v>43</v>
       </c>
       <c r="E111" s="4">
         <v>29</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="2" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="3">
         <v>1490</v>
       </c>
       <c r="D112" s="4">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E112" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="2" t="s">
         <v>227</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C113" s="3">
         <v>3500</v>
       </c>
       <c r="D113" s="4">
         <v>112</v>
       </c>
       <c r="E113" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="3">
         <v>3490</v>
       </c>
       <c r="D114" s="4">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="E114" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="2" t="s">
         <v>231</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>232</v>
       </c>
       <c r="C115" s="3">
         <v>0</v>
       </c>
       <c r="D115" s="4">
         <v>0</v>
       </c>
       <c r="E115" s="4">
         <v>30</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="2" t="s">
         <v>233</v>
@@ -3337,272 +3337,272 @@
       </c>
       <c r="B119" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C119" s="3">
         <v>3490</v>
       </c>
       <c r="D119" s="4">
         <v>1</v>
       </c>
       <c r="E119" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="2" t="s">
         <v>241</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C120" s="3">
         <v>1450</v>
       </c>
       <c r="D120" s="4">
-        <v>323</v>
+        <v>273</v>
       </c>
       <c r="E120" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="2" t="s">
         <v>243</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>244</v>
       </c>
       <c r="C121" s="3">
         <v>1990</v>
       </c>
       <c r="D121" s="4">
         <v>3700</v>
       </c>
       <c r="E121" s="4">
         <v>31</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="2" t="s">
         <v>245</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C122" s="3">
         <v>1450</v>
       </c>
       <c r="D122" s="4">
         <v>3456</v>
       </c>
       <c r="E122" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="2" t="s">
         <v>247</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C123" s="3">
         <v>2500</v>
       </c>
       <c r="D123" s="4">
-        <v>2382</v>
+        <v>1062</v>
       </c>
       <c r="E123" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="2" t="s">
         <v>249</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C124" s="3">
         <v>1550</v>
       </c>
       <c r="D124" s="4">
-        <v>664</v>
+        <v>568</v>
       </c>
       <c r="E124" s="4">
         <v>32</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="2" t="s">
         <v>251</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>252</v>
       </c>
       <c r="C125" s="3">
         <v>1150</v>
       </c>
       <c r="D125" s="4">
-        <v>2496</v>
+        <v>1344</v>
       </c>
       <c r="E125" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="2" t="s">
         <v>253</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>254</v>
       </c>
       <c r="C126" s="3">
         <v>2250</v>
       </c>
       <c r="D126" s="4">
-        <v>1656</v>
+        <v>1560</v>
       </c>
       <c r="E126" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="2" t="s">
         <v>255</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>256</v>
       </c>
       <c r="C127" s="3">
         <v>1350</v>
       </c>
       <c r="D127" s="4">
-        <v>4128</v>
+        <v>3360</v>
       </c>
       <c r="E127" s="4">
         <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="2" t="s">
         <v>257</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>258</v>
       </c>
       <c r="C128" s="3">
         <v>2450</v>
       </c>
       <c r="D128" s="4">
-        <v>3969</v>
+        <v>3794</v>
       </c>
       <c r="E128" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="2" t="s">
         <v>259</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>260</v>
       </c>
       <c r="C129" s="3">
         <v>2450</v>
       </c>
       <c r="D129" s="4">
         <v>315</v>
       </c>
       <c r="E129" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="2" t="s">
         <v>261</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C130" s="3">
         <v>0</v>
       </c>
       <c r="D130" s="4">
         <v>-3</v>
       </c>
       <c r="E130" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="2" t="s">
         <v>263</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>264</v>
       </c>
       <c r="C131" s="3">
         <v>2950</v>
       </c>
       <c r="D131" s="4">
-        <v>1843</v>
+        <v>1656</v>
       </c>
       <c r="E131" s="4">
         <v>34</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="2" t="s">
         <v>265</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>266</v>
       </c>
       <c r="C132" s="3">
         <v>1150</v>
       </c>
       <c r="D132" s="4">
-        <v>12096</v>
+        <v>10752</v>
       </c>
       <c r="E132" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="2" t="s">
         <v>267</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C133" s="3">
         <v>2450</v>
       </c>
       <c r="D133" s="4">
-        <v>6024</v>
+        <v>5568</v>
       </c>
       <c r="E133" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="2" t="s">
         <v>269</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C134" s="3">
         <v>0</v>
       </c>
       <c r="D134" s="4">
         <v>1</v>
       </c>
       <c r="E134" s="4">
         <v>35</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="2" t="s">
         <v>271</v>
@@ -3626,198 +3626,198 @@
       </c>
       <c r="B136" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C136" s="3">
         <v>0</v>
       </c>
       <c r="D136" s="4">
         <v>1</v>
       </c>
       <c r="E136" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="2" t="s">
         <v>275</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C137" s="3">
         <v>650</v>
       </c>
       <c r="D137" s="4">
-        <v>9456</v>
+        <v>9408</v>
       </c>
       <c r="E137" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="2" t="s">
         <v>277</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C138" s="3">
         <v>1350</v>
       </c>
       <c r="D138" s="4">
         <v>2880</v>
       </c>
       <c r="E138" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="2" t="s">
         <v>279</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>280</v>
       </c>
       <c r="C139" s="3">
         <v>1350</v>
       </c>
       <c r="D139" s="4">
-        <v>6814</v>
+        <v>5566</v>
       </c>
       <c r="E139" s="4">
         <v>36</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="2" t="s">
         <v>281</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>282</v>
       </c>
       <c r="C140" s="3">
         <v>2450</v>
       </c>
       <c r="D140" s="4">
-        <v>325</v>
+        <v>66</v>
       </c>
       <c r="E140" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="2" t="s">
         <v>283</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C141" s="3">
         <v>0</v>
       </c>
       <c r="D141" s="4">
         <v>3</v>
       </c>
       <c r="E141" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="2" t="s">
         <v>285</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C142" s="3">
         <v>0</v>
       </c>
       <c r="D142" s="4">
         <v>0</v>
       </c>
       <c r="E142" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="2" t="s">
         <v>287</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C143" s="3">
         <v>1250</v>
       </c>
       <c r="D143" s="4">
-        <v>3984</v>
+        <v>3792</v>
       </c>
       <c r="E143" s="4">
         <v>37</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A144" s="2" t="s">
         <v>289</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C144" s="3">
         <v>1850</v>
       </c>
       <c r="D144" s="4">
-        <v>4200</v>
+        <v>3850</v>
       </c>
       <c r="E144" s="4">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2026-1-3</vt:lpstr>
+      <vt:lpstr>2026-3-4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jfaundez</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>