--- v0 (2026-01-03)
+++ v1 (2026-03-04)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
-    <sheet sheetId="1" name="2026-1-3" state="visible" r:id="rId4"/>
+    <sheet sheetId="1" name="2026-3-4" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Descripción</t>
   </si>
   <si>
     <t>Precio Neto</t>
   </si>
   <si>
     <t>Stock</t>
   </si>
   <si>
     <t>Página</t>
   </si>
   <si>
     <t>JUEGRUB021</t>
   </si>
@@ -838,51 +838,51 @@
       </c>
       <c r="B8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="3">
         <v>39950</v>
       </c>
       <c r="D8" s="4">
         <v>0</v>
       </c>
       <c r="E8" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3">
         <v>19980</v>
       </c>
       <c r="D9" s="4">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E9" s="4">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>17450</v>
       </c>
       <c r="D10" s="4">
         <v>26</v>
       </c>
       <c r="E10" s="4">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>23</v>
@@ -974,51 +974,51 @@
       </c>
       <c r="B16" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="3">
         <v>36950</v>
       </c>
       <c r="D16" s="4">
         <v>1</v>
       </c>
       <c r="E16" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="3">
         <v>36950</v>
       </c>
       <c r="D17" s="4">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E17" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="3">
         <v>31800</v>
       </c>
       <c r="D18" s="4">
         <v>2</v>
       </c>
       <c r="E18" s="4">
         <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
         <v>39</v>
@@ -1144,136 +1144,136 @@
       </c>
       <c r="B26" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C26" s="3">
         <v>13450</v>
       </c>
       <c r="D26" s="4">
         <v>16</v>
       </c>
       <c r="E26" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>55</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C27" s="3">
         <v>6950</v>
       </c>
       <c r="D27" s="4">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="E27" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C28" s="3">
         <v>22590</v>
       </c>
       <c r="D28" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E28" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C29" s="3">
         <v>15900</v>
       </c>
       <c r="D29" s="4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E29" s="4">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="3">
         <v>15900</v>
       </c>
       <c r="D30" s="4">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E30" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="3">
         <v>14950</v>
       </c>
       <c r="D31" s="4">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E31" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>65</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="3">
         <v>14950</v>
       </c>
       <c r="D32" s="4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="E32" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="3">
         <v>6450</v>
       </c>
       <c r="D33" s="4">
         <v>2</v>
       </c>
       <c r="E33" s="4">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>69</v>
@@ -1428,50 +1428,50 @@
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2026-1-3</vt:lpstr>
+      <vt:lpstr>2026-3-4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jfaundez</dc:creator>
   <dc:title/>
   <dc:subject/>
   <dc:description/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>